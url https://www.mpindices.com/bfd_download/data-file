--- v0 (2025-12-02)
+++ v1 (2026-01-18)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mpindices.sharepoint.com/Shared Documents/Operations/Estimates/November 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mpindices.sharepoint.com/Shared Documents/Operations/Estimates/December 2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1A994787-A6DD-4FA9-8314-4A2AE98B98E1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{C8C8B98B-DE12-406D-AC56-316497A7D839}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-98" yWindow="-98" windowWidth="21795" windowHeight="13875" xr2:uid="{13EF7129-0FC4-48BA-A09C-63EB6D51264F}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{F59288CC-7D7A-475F-B6FF-E327AE175153}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="417" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="419" uniqueCount="207">
   <si>
     <t>Currency  /  Risk Category</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>Low</t>
   </si>
   <si>
     <t>Medium</t>
   </si>
   <si>
     <t>High</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
@@ -654,50 +654,53 @@
     <t>30/04/2025</t>
   </si>
   <si>
     <t>31/05/2025</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>ESTIMATE</t>
   </si>
   <si>
     <t>30/11/2025</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00;\-#,##0.00"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF666666"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
@@ -1065,169 +1068,168 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8AE7878-92F4-44D3-A0FE-7A94D917930B}">
-  <dimension ref="A1:T196"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B6E6C94D-480D-4D2F-860B-E3432C074576}">
+  <dimension ref="A1:T197"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="4" topLeftCell="A175" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A5" sqref="A5:XFD5"/>
+      <pane ySplit="4" topLeftCell="A173" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A198" sqref="A198"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.59765625" bestFit="1" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="5.53125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="9.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="6.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="6.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="7.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="6.42578125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="6.5703125" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="6.42578125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="6.5703125" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="6.42578125" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="7.5703125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="6.42578125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="6.5703125" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="6.42578125" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="6.5703125" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="6.42578125" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="7.5703125" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="6.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:20" x14ac:dyDescent="0.25">
       <c r="C1" s="8" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
       <c r="G1" s="7"/>
       <c r="H1" s="7"/>
       <c r="I1" s="7"/>
       <c r="J1" s="7"/>
       <c r="K1" s="7"/>
       <c r="L1" s="7"/>
       <c r="M1" s="7"/>
       <c r="N1" s="7"/>
       <c r="O1" s="7"/>
       <c r="P1" s="7"/>
       <c r="Q1" s="7"/>
       <c r="R1" s="7"/>
       <c r="S1" s="7"/>
       <c r="T1" s="7"/>
     </row>
-    <row r="2" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="2" spans="1:20" x14ac:dyDescent="0.25">
       <c r="C2" s="6" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="7"/>
       <c r="E2" s="7"/>
       <c r="F2" s="7"/>
       <c r="G2" s="7"/>
       <c r="H2" s="7"/>
       <c r="I2" s="6" t="s">
         <v>2</v>
       </c>
       <c r="J2" s="7"/>
       <c r="K2" s="7"/>
       <c r="L2" s="7"/>
       <c r="M2" s="7"/>
       <c r="N2" s="7"/>
       <c r="O2" s="6" t="s">
         <v>3</v>
       </c>
       <c r="P2" s="7"/>
       <c r="Q2" s="7"/>
       <c r="R2" s="7"/>
       <c r="S2" s="7"/>
       <c r="T2" s="7"/>
     </row>
-    <row r="3" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="3" spans="1:20" x14ac:dyDescent="0.25">
       <c r="C3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="7"/>
       <c r="E3" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H3" s="7"/>
       <c r="I3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="J3" s="7"/>
       <c r="K3" s="6" t="s">
         <v>5</v>
       </c>
       <c r="L3" s="7"/>
       <c r="M3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="P3" s="7"/>
       <c r="Q3" s="6" t="s">
         <v>5</v>
       </c>
       <c r="R3" s="7"/>
       <c r="S3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="T3" s="7"/>
     </row>
-    <row r="4" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="4" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="I4" s="3" t="s">
@@ -1245,95 +1247,95 @@
       <c r="M4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="N4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>10</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="T4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="5" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="5" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A5" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="2">
         <v>100</v>
       </c>
       <c r="E5" s="1"/>
       <c r="F5" s="2">
         <v>100</v>
       </c>
       <c r="G5" s="1"/>
       <c r="H5" s="2">
         <v>100</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="2">
         <v>100</v>
       </c>
       <c r="K5" s="1"/>
       <c r="L5" s="2">
         <v>100</v>
       </c>
       <c r="M5" s="1"/>
       <c r="N5" s="2">
         <v>100</v>
       </c>
       <c r="O5" s="1"/>
       <c r="P5" s="2">
         <v>100</v>
       </c>
       <c r="Q5" s="1"/>
       <c r="R5" s="2">
         <v>100</v>
       </c>
       <c r="S5" s="1"/>
       <c r="T5" s="2">
         <v>100</v>
       </c>
     </row>
-    <row r="6" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="6" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="1">
         <v>-1.6999999999999999E-3</v>
       </c>
       <c r="D6" s="2">
         <v>99.83</v>
       </c>
       <c r="E6" s="1">
         <v>-1.55E-2</v>
       </c>
       <c r="F6" s="2">
         <v>98.45</v>
       </c>
       <c r="G6" s="1">
         <v>-2.69E-2</v>
       </c>
       <c r="H6" s="2">
         <v>97.31</v>
       </c>
       <c r="I6" s="1">
@@ -1351,51 +1353,51 @@
       <c r="M6" s="1">
         <v>-3.5099999999999999E-2</v>
       </c>
       <c r="N6" s="2">
         <v>96.49</v>
       </c>
       <c r="O6" s="1">
         <v>-5.4999999999999997E-3</v>
       </c>
       <c r="P6" s="2">
         <v>99.45</v>
       </c>
       <c r="Q6" s="1">
         <v>-1.43E-2</v>
       </c>
       <c r="R6" s="2">
         <v>98.57</v>
       </c>
       <c r="S6" s="1">
         <v>-2.2599999999999999E-2</v>
       </c>
       <c r="T6" s="2">
         <v>97.74</v>
       </c>
     </row>
-    <row r="7" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="7" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="1">
         <v>1.5800000000000002E-2</v>
       </c>
       <c r="D7" s="2">
         <v>101.41</v>
       </c>
       <c r="E7" s="1">
         <v>2.5100000000000001E-2</v>
       </c>
       <c r="F7" s="2">
         <v>100.92</v>
       </c>
       <c r="G7" s="1">
         <v>3.2599999999999997E-2</v>
       </c>
       <c r="H7" s="2">
         <v>100.48</v>
       </c>
       <c r="I7" s="1">
@@ -1413,51 +1415,51 @@
       <c r="M7" s="1">
         <v>9.7999999999999997E-3</v>
       </c>
       <c r="N7" s="2">
         <v>97.44</v>
       </c>
       <c r="O7" s="1">
         <v>8.6999999999999994E-3</v>
       </c>
       <c r="P7" s="2">
         <v>100.32</v>
       </c>
       <c r="Q7" s="1">
         <v>1.17E-2</v>
       </c>
       <c r="R7" s="2">
         <v>99.72</v>
       </c>
       <c r="S7" s="1">
         <v>1.3299999999999999E-2</v>
       </c>
       <c r="T7" s="2">
         <v>99.04</v>
       </c>
     </row>
-    <row r="8" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="8" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="1">
         <v>2.46E-2</v>
       </c>
       <c r="D8" s="2">
         <v>103.9</v>
       </c>
       <c r="E8" s="1">
         <v>4.0399999999999998E-2</v>
       </c>
       <c r="F8" s="2">
         <v>105</v>
       </c>
       <c r="G8" s="1">
         <v>5.2299999999999999E-2</v>
       </c>
       <c r="H8" s="2">
         <v>105.74</v>
       </c>
       <c r="I8" s="1">
@@ -1475,51 +1477,51 @@
       <c r="M8" s="1">
         <v>5.6800000000000003E-2</v>
       </c>
       <c r="N8" s="2">
         <v>102.97</v>
       </c>
       <c r="O8" s="1">
         <v>1.8499999999999999E-2</v>
       </c>
       <c r="P8" s="2">
         <v>102.17</v>
       </c>
       <c r="Q8" s="1">
         <v>3.2800000000000003E-2</v>
       </c>
       <c r="R8" s="2">
         <v>102.99</v>
       </c>
       <c r="S8" s="1">
         <v>4.2099999999999999E-2</v>
       </c>
       <c r="T8" s="2">
         <v>103.21</v>
       </c>
     </row>
-    <row r="9" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="9" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="1">
         <v>1.9E-3</v>
       </c>
       <c r="D9" s="2">
         <v>104.1</v>
       </c>
       <c r="E9" s="1">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="F9" s="2">
         <v>105.02</v>
       </c>
       <c r="G9" s="1">
         <v>-6.9999999999999999E-4</v>
       </c>
       <c r="H9" s="2">
         <v>105.66</v>
       </c>
       <c r="I9" s="1">
@@ -1537,51 +1539,51 @@
       <c r="M9" s="1">
         <v>7.3000000000000001E-3</v>
       </c>
       <c r="N9" s="2">
         <v>103.72</v>
       </c>
       <c r="O9" s="1">
         <v>6.7999999999999996E-3</v>
       </c>
       <c r="P9" s="2">
         <v>102.87</v>
       </c>
       <c r="Q9" s="1">
         <v>8.3000000000000001E-3</v>
       </c>
       <c r="R9" s="2">
         <v>103.85</v>
       </c>
       <c r="S9" s="1">
         <v>1.0699999999999999E-2</v>
       </c>
       <c r="T9" s="2">
         <v>104.31</v>
       </c>
     </row>
-    <row r="10" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="10" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="1">
         <v>-1.2500000000000001E-2</v>
       </c>
       <c r="D10" s="2">
         <v>102.8</v>
       </c>
       <c r="E10" s="1">
         <v>-2.8799999999999999E-2</v>
       </c>
       <c r="F10" s="2">
         <v>101.99</v>
       </c>
       <c r="G10" s="1">
         <v>-3.9699999999999999E-2</v>
       </c>
       <c r="H10" s="2">
         <v>101.47</v>
       </c>
       <c r="I10" s="1">
@@ -1599,51 +1601,51 @@
       <c r="M10" s="1">
         <v>-7.6999999999999999E-2</v>
       </c>
       <c r="N10" s="2">
         <v>95.74</v>
       </c>
       <c r="O10" s="1">
         <v>-1.2800000000000001E-2</v>
       </c>
       <c r="P10" s="2">
         <v>101.55</v>
       </c>
       <c r="Q10" s="1">
         <v>-2.29E-2</v>
       </c>
       <c r="R10" s="2">
         <v>101.47</v>
       </c>
       <c r="S10" s="1">
         <v>-3.2099999999999997E-2</v>
       </c>
       <c r="T10" s="2">
         <v>100.97</v>
       </c>
     </row>
-    <row r="11" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="11" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="1">
         <v>-1.0800000000000001E-2</v>
       </c>
       <c r="D11" s="2">
         <v>101.69</v>
       </c>
       <c r="E11" s="1">
         <v>-1.9599999999999999E-2</v>
       </c>
       <c r="F11" s="2">
         <v>100</v>
       </c>
       <c r="G11" s="1">
         <v>-2.64E-2</v>
       </c>
       <c r="H11" s="2">
         <v>98.79</v>
       </c>
       <c r="I11" s="1">
@@ -1661,51 +1663,51 @@
       <c r="M11" s="1">
         <v>-1.9699999999999999E-2</v>
       </c>
       <c r="N11" s="2">
         <v>93.85</v>
       </c>
       <c r="O11" s="1">
         <v>-1.2E-2</v>
       </c>
       <c r="P11" s="2">
         <v>100.33</v>
       </c>
       <c r="Q11" s="1">
         <v>-1.7399999999999999E-2</v>
       </c>
       <c r="R11" s="2">
         <v>99.71</v>
       </c>
       <c r="S11" s="1">
         <v>-2.2599999999999999E-2</v>
       </c>
       <c r="T11" s="2">
         <v>98.68</v>
       </c>
     </row>
-    <row r="12" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="12" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="1">
         <v>9.1999999999999998E-3</v>
       </c>
       <c r="D12" s="2">
         <v>102.62</v>
       </c>
       <c r="E12" s="1">
         <v>1.8200000000000001E-2</v>
       </c>
       <c r="F12" s="2">
         <v>101.82</v>
       </c>
       <c r="G12" s="1">
         <v>2.4899999999999999E-2</v>
       </c>
       <c r="H12" s="2">
         <v>101.25</v>
       </c>
       <c r="I12" s="1">
@@ -1723,51 +1725,51 @@
       <c r="M12" s="1">
         <v>5.74E-2</v>
       </c>
       <c r="N12" s="2">
         <v>99.24</v>
       </c>
       <c r="O12" s="1">
         <v>8.6E-3</v>
       </c>
       <c r="P12" s="2">
         <v>101.19</v>
       </c>
       <c r="Q12" s="1">
         <v>1.3100000000000001E-2</v>
       </c>
       <c r="R12" s="2">
         <v>101.01</v>
       </c>
       <c r="S12" s="1">
         <v>1.6400000000000001E-2</v>
       </c>
       <c r="T12" s="2">
         <v>100.3</v>
       </c>
     </row>
-    <row r="13" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="13" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="1">
         <v>8.3999999999999995E-3</v>
       </c>
       <c r="D13" s="2">
         <v>103.49</v>
       </c>
       <c r="E13" s="1">
         <v>3.3999999999999998E-3</v>
       </c>
       <c r="F13" s="2">
         <v>102.16</v>
       </c>
       <c r="G13" s="1">
         <v>-2.7000000000000001E-3</v>
       </c>
       <c r="H13" s="2">
         <v>100.98</v>
       </c>
       <c r="I13" s="1">
@@ -1785,51 +1787,51 @@
       <c r="M13" s="1">
         <v>-2.7900000000000001E-2</v>
       </c>
       <c r="N13" s="2">
         <v>96.47</v>
       </c>
       <c r="O13" s="1">
         <v>1.8E-3</v>
       </c>
       <c r="P13" s="2">
         <v>101.38</v>
       </c>
       <c r="Q13" s="1">
         <v>-6.1999999999999998E-3</v>
       </c>
       <c r="R13" s="2">
         <v>100.39</v>
       </c>
       <c r="S13" s="1">
         <v>-1.5100000000000001E-2</v>
       </c>
       <c r="T13" s="2">
         <v>98.79</v>
       </c>
     </row>
-    <row r="14" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="14" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="1">
         <v>2.1100000000000001E-2</v>
       </c>
       <c r="D14" s="2">
         <v>105.67</v>
       </c>
       <c r="E14" s="1">
         <v>3.9399999999999998E-2</v>
       </c>
       <c r="F14" s="2">
         <v>106.19</v>
       </c>
       <c r="G14" s="1">
         <v>5.6800000000000003E-2</v>
       </c>
       <c r="H14" s="2">
         <v>106.71</v>
       </c>
       <c r="I14" s="1">
@@ -1847,51 +1849,51 @@
       <c r="M14" s="1">
         <v>8.8999999999999996E-2</v>
       </c>
       <c r="N14" s="2">
         <v>105.05</v>
       </c>
       <c r="O14" s="1">
         <v>1.14E-2</v>
       </c>
       <c r="P14" s="2">
         <v>102.53</v>
       </c>
       <c r="Q14" s="1">
         <v>2.0199999999999999E-2</v>
       </c>
       <c r="R14" s="2">
         <v>102.41</v>
       </c>
       <c r="S14" s="1">
         <v>2.9100000000000001E-2</v>
       </c>
       <c r="T14" s="2">
         <v>101.66</v>
       </c>
     </row>
-    <row r="15" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="15" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A15" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="1">
         <v>7.7000000000000002E-3</v>
       </c>
       <c r="D15" s="2">
         <v>106.48</v>
       </c>
       <c r="E15" s="1">
         <v>1.3100000000000001E-2</v>
       </c>
       <c r="F15" s="2">
         <v>107.58</v>
       </c>
       <c r="G15" s="1">
         <v>1.6199999999999999E-2</v>
       </c>
       <c r="H15" s="2">
         <v>108.44</v>
       </c>
       <c r="I15" s="1">
@@ -1909,51 +1911,51 @@
       <c r="M15" s="1">
         <v>3.09E-2</v>
       </c>
       <c r="N15" s="2">
         <v>108.3</v>
       </c>
       <c r="O15" s="1">
         <v>2.2000000000000001E-3</v>
       </c>
       <c r="P15" s="2">
         <v>102.76</v>
       </c>
       <c r="Q15" s="1">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="R15" s="2">
         <v>102.93</v>
       </c>
       <c r="S15" s="1">
         <v>9.1000000000000004E-3</v>
       </c>
       <c r="T15" s="2">
         <v>102.59</v>
       </c>
     </row>
-    <row r="16" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="16" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="1">
         <v>-2.7000000000000001E-3</v>
       </c>
       <c r="D16" s="2">
         <v>106.2</v>
       </c>
       <c r="E16" s="1">
         <v>-1E-4</v>
       </c>
       <c r="F16" s="2">
         <v>107.57</v>
       </c>
       <c r="G16" s="1">
         <v>5.0000000000000001E-4</v>
       </c>
       <c r="H16" s="2">
         <v>108.49</v>
       </c>
       <c r="I16" s="1">
@@ -1971,51 +1973,51 @@
       <c r="M16" s="1">
         <v>-1.7600000000000001E-2</v>
       </c>
       <c r="N16" s="2">
         <v>106.39</v>
       </c>
       <c r="O16" s="1">
         <v>1.2999999999999999E-2</v>
       </c>
       <c r="P16" s="2">
         <v>104.09</v>
       </c>
       <c r="Q16" s="1">
         <v>1.7100000000000001E-2</v>
       </c>
       <c r="R16" s="2">
         <v>104.69</v>
       </c>
       <c r="S16" s="1">
         <v>2.2800000000000001E-2</v>
       </c>
       <c r="T16" s="2">
         <v>104.93</v>
       </c>
     </row>
-    <row r="17" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="17" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A17" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="1">
         <v>1.9E-2</v>
       </c>
       <c r="D17" s="2">
         <v>108.21</v>
       </c>
       <c r="E17" s="1">
         <v>3.5400000000000001E-2</v>
       </c>
       <c r="F17" s="2">
         <v>111.38</v>
       </c>
       <c r="G17" s="1">
         <v>4.8899999999999999E-2</v>
       </c>
       <c r="H17" s="2">
         <v>113.8</v>
       </c>
       <c r="I17" s="1">
@@ -2033,51 +2035,51 @@
       <c r="M17" s="1">
         <v>4.0500000000000001E-2</v>
       </c>
       <c r="N17" s="2">
         <v>110.7</v>
       </c>
       <c r="O17" s="1">
         <v>9.1000000000000004E-3</v>
       </c>
       <c r="P17" s="2">
         <v>105.04</v>
       </c>
       <c r="Q17" s="1">
         <v>1.49E-2</v>
       </c>
       <c r="R17" s="2">
         <v>106.24</v>
       </c>
       <c r="S17" s="1">
         <v>2.2599999999999999E-2</v>
       </c>
       <c r="T17" s="2">
         <v>107.3</v>
       </c>
     </row>
-    <row r="18" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="18" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="1">
         <v>-1.0699999999999999E-2</v>
       </c>
       <c r="D18" s="2">
         <v>107.05</v>
       </c>
       <c r="E18" s="1">
         <v>-1.37E-2</v>
       </c>
       <c r="F18" s="2">
         <v>109.85</v>
       </c>
       <c r="G18" s="1">
         <v>-1.44E-2</v>
       </c>
       <c r="H18" s="2">
         <v>112.16</v>
       </c>
       <c r="I18" s="1">
@@ -2095,51 +2097,51 @@
       <c r="M18" s="1">
         <v>1.01E-2</v>
       </c>
       <c r="N18" s="2">
         <v>111.82</v>
       </c>
       <c r="O18" s="1">
         <v>-1.3100000000000001E-2</v>
       </c>
       <c r="P18" s="2">
         <v>103.66</v>
       </c>
       <c r="Q18" s="1">
         <v>-8.5000000000000006E-3</v>
       </c>
       <c r="R18" s="2">
         <v>105.34</v>
       </c>
       <c r="S18" s="1">
         <v>-3.3099999999999997E-2</v>
       </c>
       <c r="T18" s="2">
         <v>103.75</v>
       </c>
     </row>
-    <row r="19" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="19" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="1">
         <v>6.7999999999999996E-3</v>
       </c>
       <c r="D19" s="2">
         <v>107.78</v>
       </c>
       <c r="E19" s="1">
         <v>8.0000000000000002E-3</v>
       </c>
       <c r="F19" s="2">
         <v>110.73</v>
       </c>
       <c r="G19" s="1">
         <v>9.7999999999999997E-3</v>
       </c>
       <c r="H19" s="2">
         <v>113.26</v>
       </c>
       <c r="I19" s="1">
@@ -2157,51 +2159,51 @@
       <c r="M19" s="1">
         <v>1.9400000000000001E-2</v>
       </c>
       <c r="N19" s="2">
         <v>113.99</v>
       </c>
       <c r="O19" s="1">
         <v>8.0000000000000002E-3</v>
       </c>
       <c r="P19" s="2">
         <v>104.49</v>
       </c>
       <c r="Q19" s="1">
         <v>1.17E-2</v>
       </c>
       <c r="R19" s="2">
         <v>106.57</v>
       </c>
       <c r="S19" s="1">
         <v>1.15E-2</v>
       </c>
       <c r="T19" s="2">
         <v>104.94</v>
       </c>
     </row>
-    <row r="20" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="20" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="1">
         <v>6.7999999999999996E-3</v>
       </c>
       <c r="D20" s="2">
         <v>108.52</v>
       </c>
       <c r="E20" s="1">
         <v>6.8999999999999999E-3</v>
       </c>
       <c r="F20" s="2">
         <v>111.49</v>
       </c>
       <c r="G20" s="1">
         <v>8.0999999999999996E-3</v>
       </c>
       <c r="H20" s="2">
         <v>114.18</v>
       </c>
       <c r="I20" s="1">
@@ -2219,51 +2221,51 @@
       <c r="M20" s="1">
         <v>2.5999999999999999E-3</v>
       </c>
       <c r="N20" s="2">
         <v>114.29</v>
       </c>
       <c r="O20" s="1">
         <v>-1.04E-2</v>
       </c>
       <c r="P20" s="2">
         <v>103.41</v>
       </c>
       <c r="Q20" s="1">
         <v>-7.1000000000000004E-3</v>
       </c>
       <c r="R20" s="2">
         <v>105.82</v>
       </c>
       <c r="S20" s="1">
         <v>-1.0800000000000001E-2</v>
       </c>
       <c r="T20" s="2">
         <v>103.81</v>
       </c>
     </row>
-    <row r="21" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="21" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="1">
         <v>1.0200000000000001E-2</v>
       </c>
       <c r="D21" s="2">
         <v>109.62</v>
       </c>
       <c r="E21" s="1">
         <v>1.2699999999999999E-2</v>
       </c>
       <c r="F21" s="2">
         <v>112.91</v>
       </c>
       <c r="G21" s="1">
         <v>1.3899999999999999E-2</v>
       </c>
       <c r="H21" s="2">
         <v>115.77</v>
       </c>
       <c r="I21" s="1">
@@ -2281,51 +2283,51 @@
       <c r="M21" s="1">
         <v>3.3700000000000001E-2</v>
       </c>
       <c r="N21" s="2">
         <v>118.14</v>
       </c>
       <c r="O21" s="1">
         <v>9.4999999999999998E-3</v>
       </c>
       <c r="P21" s="2">
         <v>104.39</v>
       </c>
       <c r="Q21" s="1">
         <v>9.5999999999999992E-3</v>
       </c>
       <c r="R21" s="2">
         <v>106.83</v>
       </c>
       <c r="S21" s="1">
         <v>7.9000000000000008E-3</v>
       </c>
       <c r="T21" s="2">
         <v>104.63</v>
       </c>
     </row>
-    <row r="22" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="22" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A22" s="5" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="1">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="D22" s="2">
         <v>109.74</v>
       </c>
       <c r="E22" s="1">
         <v>-1.1999999999999999E-3</v>
       </c>
       <c r="F22" s="2">
         <v>112.77</v>
       </c>
       <c r="G22" s="1">
         <v>-2.8999999999999998E-3</v>
       </c>
       <c r="H22" s="2">
         <v>115.43</v>
       </c>
       <c r="I22" s="1">
@@ -2343,51 +2345,51 @@
       <c r="M22" s="1">
         <v>-1.6400000000000001E-2</v>
       </c>
       <c r="N22" s="2">
         <v>116.2</v>
       </c>
       <c r="O22" s="1">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="P22" s="2">
         <v>105.54</v>
       </c>
       <c r="Q22" s="1">
         <v>8.8000000000000005E-3</v>
       </c>
       <c r="R22" s="2">
         <v>107.77</v>
       </c>
       <c r="S22" s="1">
         <v>1.6199999999999999E-2</v>
       </c>
       <c r="T22" s="2">
         <v>106.32</v>
       </c>
     </row>
-    <row r="23" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="23" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A23" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="1">
         <v>0</v>
       </c>
       <c r="D23" s="2">
         <v>109.74</v>
       </c>
       <c r="E23" s="1">
         <v>-1.6000000000000001E-3</v>
       </c>
       <c r="F23" s="2">
         <v>112.59</v>
       </c>
       <c r="G23" s="1">
         <v>1E-4</v>
       </c>
       <c r="H23" s="2">
         <v>115.44</v>
       </c>
       <c r="I23" s="1">
@@ -2405,51 +2407,51 @@
       <c r="M23" s="1">
         <v>-1.44E-2</v>
       </c>
       <c r="N23" s="2">
         <v>114.53</v>
       </c>
       <c r="O23" s="1">
         <v>-1.1299999999999999E-2</v>
       </c>
       <c r="P23" s="2">
         <v>104.34</v>
       </c>
       <c r="Q23" s="1">
         <v>-1.6199999999999999E-2</v>
       </c>
       <c r="R23" s="2">
         <v>106.03</v>
       </c>
       <c r="S23" s="1">
         <v>-2.47E-2</v>
       </c>
       <c r="T23" s="2">
         <v>103.69</v>
       </c>
     </row>
-    <row r="24" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="24" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A24" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="1">
         <v>1E-4</v>
       </c>
       <c r="D24" s="2">
         <v>109.75</v>
       </c>
       <c r="E24" s="1">
         <v>-7.7000000000000002E-3</v>
       </c>
       <c r="F24" s="2">
         <v>111.73</v>
       </c>
       <c r="G24" s="1">
         <v>-1.43E-2</v>
       </c>
       <c r="H24" s="2">
         <v>113.79</v>
       </c>
       <c r="I24" s="1">
@@ -2467,51 +2469,51 @@
       <c r="M24" s="1">
         <v>-5.0000000000000001E-3</v>
       </c>
       <c r="N24" s="2">
         <v>113.95</v>
       </c>
       <c r="O24" s="1">
         <v>1.6199999999999999E-2</v>
       </c>
       <c r="P24" s="2">
         <v>106.03</v>
       </c>
       <c r="Q24" s="1">
         <v>3.8999999999999998E-3</v>
       </c>
       <c r="R24" s="2">
         <v>106.44</v>
       </c>
       <c r="S24" s="1">
         <v>1.77E-2</v>
       </c>
       <c r="T24" s="2">
         <v>105.53</v>
       </c>
     </row>
-    <row r="25" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="25" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A25" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="1">
         <v>-1.8599999999999998E-2</v>
       </c>
       <c r="D25" s="2">
         <v>107.71</v>
       </c>
       <c r="E25" s="1">
         <v>-3.8399999999999997E-2</v>
       </c>
       <c r="F25" s="2">
         <v>107.43</v>
       </c>
       <c r="G25" s="1">
         <v>-5.5399999999999998E-2</v>
       </c>
       <c r="H25" s="2">
         <v>107.49</v>
       </c>
       <c r="I25" s="1">
@@ -2529,51 +2531,51 @@
       <c r="M25" s="1">
         <v>-5.9299999999999999E-2</v>
       </c>
       <c r="N25" s="2">
         <v>107.2</v>
       </c>
       <c r="O25" s="1">
         <v>-1.06E-2</v>
       </c>
       <c r="P25" s="2">
         <v>104.91</v>
       </c>
       <c r="Q25" s="1">
         <v>-4.41E-2</v>
       </c>
       <c r="R25" s="2">
         <v>101.75</v>
       </c>
       <c r="S25" s="1">
         <v>-2.4299999999999999E-2</v>
       </c>
       <c r="T25" s="2">
         <v>102.97</v>
       </c>
     </row>
-    <row r="26" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="26" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A26" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="1">
         <v>-1.72E-2</v>
       </c>
       <c r="D26" s="2">
         <v>105.86</v>
       </c>
       <c r="E26" s="1">
         <v>-2.8899999999999999E-2</v>
       </c>
       <c r="F26" s="2">
         <v>104.33</v>
       </c>
       <c r="G26" s="1">
         <v>-3.6600000000000001E-2</v>
       </c>
       <c r="H26" s="2">
         <v>103.55</v>
       </c>
       <c r="I26" s="1">
@@ -2591,51 +2593,51 @@
       <c r="M26" s="1">
         <v>-7.7799999999999994E-2</v>
       </c>
       <c r="N26" s="2">
         <v>98.86</v>
       </c>
       <c r="O26" s="1">
         <v>-1.3299999999999999E-2</v>
       </c>
       <c r="P26" s="2">
         <v>103.52</v>
       </c>
       <c r="Q26" s="1">
         <v>-2.2800000000000001E-2</v>
       </c>
       <c r="R26" s="2">
         <v>99.43</v>
       </c>
       <c r="S26" s="1">
         <v>-2.47E-2</v>
       </c>
       <c r="T26" s="2">
         <v>100.42</v>
       </c>
     </row>
-    <row r="27" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="27" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="1">
         <v>2.58E-2</v>
       </c>
       <c r="D27" s="2">
         <v>108.59</v>
       </c>
       <c r="E27" s="1">
         <v>4.2000000000000003E-2</v>
       </c>
       <c r="F27" s="2">
         <v>108.71</v>
       </c>
       <c r="G27" s="1">
         <v>5.5100000000000003E-2</v>
       </c>
       <c r="H27" s="2">
         <v>109.26</v>
       </c>
       <c r="I27" s="1">
@@ -2653,51 +2655,51 @@
       <c r="M27" s="1">
         <v>8.1000000000000003E-2</v>
       </c>
       <c r="N27" s="2">
         <v>106.86</v>
       </c>
       <c r="O27" s="1">
         <v>2.2499999999999999E-2</v>
       </c>
       <c r="P27" s="2">
         <v>105.84</v>
       </c>
       <c r="Q27" s="1">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="R27" s="2">
         <v>102.31</v>
       </c>
       <c r="S27" s="1">
         <v>3.1300000000000001E-2</v>
       </c>
       <c r="T27" s="2">
         <v>103.57</v>
       </c>
     </row>
-    <row r="28" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="28" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A28" s="5" t="s">
         <v>36</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="1">
         <v>-9.1999999999999998E-3</v>
       </c>
       <c r="D28" s="2">
         <v>107.59</v>
       </c>
       <c r="E28" s="1">
         <v>-1.52E-2</v>
       </c>
       <c r="F28" s="2">
         <v>107.06</v>
       </c>
       <c r="G28" s="1">
         <v>-1.8599999999999998E-2</v>
       </c>
       <c r="H28" s="2">
         <v>107.23</v>
       </c>
       <c r="I28" s="1">
@@ -2715,51 +2717,51 @@
       <c r="M28" s="1">
         <v>-2.69E-2</v>
       </c>
       <c r="N28" s="2">
         <v>103.99</v>
       </c>
       <c r="O28" s="1">
         <v>-9.4999999999999998E-3</v>
       </c>
       <c r="P28" s="2">
         <v>104.84</v>
       </c>
       <c r="Q28" s="1">
         <v>-5.3E-3</v>
       </c>
       <c r="R28" s="2">
         <v>101.77</v>
       </c>
       <c r="S28" s="1">
         <v>1.1999999999999999E-3</v>
       </c>
       <c r="T28" s="2">
         <v>103.69</v>
       </c>
     </row>
-    <row r="29" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="29" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A29" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="1">
         <v>8.9999999999999993E-3</v>
       </c>
       <c r="D29" s="2">
         <v>108.56</v>
       </c>
       <c r="E29" s="1">
         <v>9.4000000000000004E-3</v>
       </c>
       <c r="F29" s="2">
         <v>108.07</v>
       </c>
       <c r="G29" s="1">
         <v>1.06E-2</v>
       </c>
       <c r="H29" s="2">
         <v>108.36</v>
       </c>
       <c r="I29" s="1">
@@ -2777,51 +2779,51 @@
       <c r="M29" s="1">
         <v>-2.2000000000000001E-3</v>
       </c>
       <c r="N29" s="2">
         <v>103.76</v>
       </c>
       <c r="O29" s="1">
         <v>1.41E-2</v>
       </c>
       <c r="P29" s="2">
         <v>106.32</v>
       </c>
       <c r="Q29" s="1">
         <v>1.2699999999999999E-2</v>
       </c>
       <c r="R29" s="2">
         <v>103.06</v>
       </c>
       <c r="S29" s="1">
         <v>1.7899999999999999E-2</v>
       </c>
       <c r="T29" s="2">
         <v>105.55</v>
       </c>
     </row>
-    <row r="30" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="30" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A30" s="5" t="s">
         <v>38</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="1">
         <v>1.77E-2</v>
       </c>
       <c r="D30" s="2">
         <v>110.48</v>
       </c>
       <c r="E30" s="1">
         <v>2.52E-2</v>
       </c>
       <c r="F30" s="2">
         <v>110.79</v>
       </c>
       <c r="G30" s="1">
         <v>3.0599999999999999E-2</v>
       </c>
       <c r="H30" s="2">
         <v>111.68</v>
       </c>
       <c r="I30" s="1">
@@ -2839,51 +2841,51 @@
       <c r="M30" s="1">
         <v>3.7499999999999999E-2</v>
       </c>
       <c r="N30" s="2">
         <v>107.65</v>
       </c>
       <c r="O30" s="1">
         <v>2.9499999999999998E-2</v>
       </c>
       <c r="P30" s="2">
         <v>109.45</v>
       </c>
       <c r="Q30" s="1">
         <v>2.6700000000000002E-2</v>
       </c>
       <c r="R30" s="2">
         <v>105.81</v>
       </c>
       <c r="S30" s="1">
         <v>2.0199999999999999E-2</v>
       </c>
       <c r="T30" s="2">
         <v>107.68</v>
       </c>
     </row>
-    <row r="31" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="31" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A31" s="5" t="s">
         <v>39</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="1">
         <v>1.43E-2</v>
       </c>
       <c r="D31" s="2">
         <v>112.06</v>
       </c>
       <c r="E31" s="1">
         <v>2.4299999999999999E-2</v>
       </c>
       <c r="F31" s="2">
         <v>113.48</v>
       </c>
       <c r="G31" s="1">
         <v>3.1699999999999999E-2</v>
       </c>
       <c r="H31" s="2">
         <v>115.22</v>
       </c>
       <c r="I31" s="1">
@@ -2901,51 +2903,51 @@
       <c r="M31" s="1">
         <v>4.3099999999999999E-2</v>
       </c>
       <c r="N31" s="2">
         <v>112.29</v>
       </c>
       <c r="O31" s="1">
         <v>1.0699999999999999E-2</v>
       </c>
       <c r="P31" s="2">
         <v>110.62</v>
       </c>
       <c r="Q31" s="1">
         <v>0.01</v>
       </c>
       <c r="R31" s="2">
         <v>106.87</v>
       </c>
       <c r="S31" s="1">
         <v>2.2800000000000001E-2</v>
       </c>
       <c r="T31" s="2">
         <v>110.13</v>
       </c>
     </row>
-    <row r="32" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="32" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="1">
         <v>-3.0999999999999999E-3</v>
       </c>
       <c r="D32" s="2">
         <v>111.71</v>
       </c>
       <c r="E32" s="1">
         <v>-4.8999999999999998E-3</v>
       </c>
       <c r="F32" s="2">
         <v>112.93</v>
       </c>
       <c r="G32" s="1">
         <v>-3.3999999999999998E-3</v>
       </c>
       <c r="H32" s="2">
         <v>114.83</v>
       </c>
       <c r="I32" s="1">
@@ -2963,51 +2965,51 @@
       <c r="M32" s="1">
         <v>5.8999999999999999E-3</v>
       </c>
       <c r="N32" s="2">
         <v>112.95</v>
       </c>
       <c r="O32" s="1">
         <v>0</v>
       </c>
       <c r="P32" s="2">
         <v>110.62</v>
       </c>
       <c r="Q32" s="1">
         <v>6.9999999999999999E-4</v>
       </c>
       <c r="R32" s="2">
         <v>106.95</v>
       </c>
       <c r="S32" s="1">
         <v>1.6000000000000001E-3</v>
       </c>
       <c r="T32" s="2">
         <v>110.31</v>
       </c>
     </row>
-    <row r="33" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="33" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A33" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="1">
         <v>-5.7000000000000002E-3</v>
       </c>
       <c r="D33" s="2">
         <v>111.08</v>
       </c>
       <c r="E33" s="1">
         <v>-7.9000000000000008E-3</v>
       </c>
       <c r="F33" s="2">
         <v>112.03</v>
       </c>
       <c r="G33" s="1">
         <v>-9.9000000000000008E-3</v>
       </c>
       <c r="H33" s="2">
         <v>113.69</v>
       </c>
       <c r="I33" s="1">
@@ -3025,51 +3027,51 @@
       <c r="M33" s="1">
         <v>-2.3999999999999998E-3</v>
       </c>
       <c r="N33" s="2">
         <v>112.68</v>
       </c>
       <c r="O33" s="1">
         <v>3.0999999999999999E-3</v>
       </c>
       <c r="P33" s="2">
         <v>110.97</v>
       </c>
       <c r="Q33" s="1">
         <v>3.0999999999999999E-3</v>
       </c>
       <c r="R33" s="2">
         <v>107.28</v>
       </c>
       <c r="S33" s="1">
         <v>4.5999999999999999E-3</v>
       </c>
       <c r="T33" s="2">
         <v>110.82</v>
       </c>
     </row>
-    <row r="34" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="34" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A34" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="1">
         <v>-5.7999999999999996E-3</v>
       </c>
       <c r="D34" s="2">
         <v>110.43</v>
       </c>
       <c r="E34" s="1">
         <v>-2.2700000000000001E-2</v>
       </c>
       <c r="F34" s="2">
         <v>109.49</v>
       </c>
       <c r="G34" s="1">
         <v>-3.3500000000000002E-2</v>
       </c>
       <c r="H34" s="2">
         <v>109.88</v>
       </c>
       <c r="I34" s="1">
@@ -3087,51 +3089,51 @@
       <c r="M34" s="1">
         <v>-6.9199999999999998E-2</v>
       </c>
       <c r="N34" s="2">
         <v>104.88</v>
       </c>
       <c r="O34" s="1">
         <v>5.1000000000000004E-3</v>
       </c>
       <c r="P34" s="2">
         <v>111.53</v>
       </c>
       <c r="Q34" s="1">
         <v>-9.9000000000000008E-3</v>
       </c>
       <c r="R34" s="2">
         <v>106.22</v>
       </c>
       <c r="S34" s="1">
         <v>-1.5699999999999999E-2</v>
       </c>
       <c r="T34" s="2">
         <v>109.08</v>
       </c>
     </row>
-    <row r="35" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="35" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A35" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="1">
         <v>7.7999999999999996E-3</v>
       </c>
       <c r="D35" s="2">
         <v>111.3</v>
       </c>
       <c r="E35" s="1">
         <v>1.47E-2</v>
       </c>
       <c r="F35" s="2">
         <v>111.1</v>
       </c>
       <c r="G35" s="1">
         <v>2.0299999999999999E-2</v>
       </c>
       <c r="H35" s="2">
         <v>112.11</v>
       </c>
       <c r="I35" s="1">
@@ -3149,51 +3151,51 @@
       <c r="M35" s="1">
         <v>3.7699999999999997E-2</v>
       </c>
       <c r="N35" s="2">
         <v>108.84</v>
       </c>
       <c r="O35" s="1">
         <v>8.0000000000000004E-4</v>
       </c>
       <c r="P35" s="2">
         <v>111.62</v>
       </c>
       <c r="Q35" s="1">
         <v>1.8E-3</v>
       </c>
       <c r="R35" s="2">
         <v>106.41</v>
       </c>
       <c r="S35" s="1">
         <v>6.1000000000000004E-3</v>
       </c>
       <c r="T35" s="2">
         <v>109.74</v>
       </c>
     </row>
-    <row r="36" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="36" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A36" s="5" t="s">
         <v>44</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="1">
         <v>1.32E-2</v>
       </c>
       <c r="D36" s="2">
         <v>112.76</v>
       </c>
       <c r="E36" s="1">
         <v>1.8700000000000001E-2</v>
       </c>
       <c r="F36" s="2">
         <v>113.18</v>
       </c>
       <c r="G36" s="1">
         <v>1.9800000000000002E-2</v>
       </c>
       <c r="H36" s="2">
         <v>114.33</v>
       </c>
       <c r="I36" s="1">
@@ -3211,51 +3213,51 @@
       <c r="M36" s="1">
         <v>1.7899999999999999E-2</v>
       </c>
       <c r="N36" s="2">
         <v>110.79</v>
       </c>
       <c r="O36" s="1">
         <v>2.7099999999999999E-2</v>
       </c>
       <c r="P36" s="2">
         <v>114.65</v>
       </c>
       <c r="Q36" s="1">
         <v>3.1E-2</v>
       </c>
       <c r="R36" s="2">
         <v>109.7</v>
       </c>
       <c r="S36" s="1">
         <v>3.09E-2</v>
       </c>
       <c r="T36" s="2">
         <v>113.13</v>
       </c>
     </row>
-    <row r="37" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="37" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A37" s="5" t="s">
         <v>45</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="1">
         <v>5.4000000000000003E-3</v>
       </c>
       <c r="D37" s="2">
         <v>113.37</v>
       </c>
       <c r="E37" s="1">
         <v>6.6E-3</v>
       </c>
       <c r="F37" s="2">
         <v>113.92</v>
       </c>
       <c r="G37" s="1">
         <v>7.1999999999999998E-3</v>
       </c>
       <c r="H37" s="2">
         <v>115.15</v>
       </c>
       <c r="I37" s="1">
@@ -3273,51 +3275,51 @@
       <c r="M37" s="1">
         <v>1.8100000000000002E-2</v>
       </c>
       <c r="N37" s="2">
         <v>112.79</v>
       </c>
       <c r="O37" s="1">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="P37" s="2">
         <v>114.77</v>
       </c>
       <c r="Q37" s="1">
         <v>4.0000000000000002E-4</v>
       </c>
       <c r="R37" s="2">
         <v>109.75</v>
       </c>
       <c r="S37" s="1">
         <v>-3.8999999999999998E-3</v>
       </c>
       <c r="T37" s="2">
         <v>112.69</v>
       </c>
     </row>
-    <row r="38" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="38" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
         <v>46</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="1">
         <v>4.5999999999999999E-3</v>
       </c>
       <c r="D38" s="2">
         <v>113.89</v>
       </c>
       <c r="E38" s="1">
         <v>9.2999999999999992E-3</v>
       </c>
       <c r="F38" s="2">
         <v>114.98</v>
       </c>
       <c r="G38" s="1">
         <v>1.1299999999999999E-2</v>
       </c>
       <c r="H38" s="2">
         <v>116.46</v>
       </c>
       <c r="I38" s="1">
@@ -3335,51 +3337,51 @@
       <c r="M38" s="1">
         <v>2.1700000000000001E-2</v>
       </c>
       <c r="N38" s="2">
         <v>115.24</v>
       </c>
       <c r="O38" s="1">
         <v>5.5999999999999999E-3</v>
       </c>
       <c r="P38" s="2">
         <v>115.42</v>
       </c>
       <c r="Q38" s="1">
         <v>7.6E-3</v>
       </c>
       <c r="R38" s="2">
         <v>110.58</v>
       </c>
       <c r="S38" s="1">
         <v>-1.4E-3</v>
       </c>
       <c r="T38" s="2">
         <v>112.53</v>
       </c>
     </row>
-    <row r="39" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="39" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A39" s="5" t="s">
         <v>47</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="1">
         <v>2.2000000000000001E-3</v>
       </c>
       <c r="D39" s="2">
         <v>114.15</v>
       </c>
       <c r="E39" s="1">
         <v>1.4E-3</v>
       </c>
       <c r="F39" s="2">
         <v>115.14</v>
       </c>
       <c r="G39" s="1">
         <v>2.3E-3</v>
       </c>
       <c r="H39" s="2">
         <v>116.72</v>
       </c>
       <c r="I39" s="1">
@@ -3397,51 +3399,51 @@
       <c r="M39" s="1">
         <v>-6.8999999999999999E-3</v>
       </c>
       <c r="N39" s="2">
         <v>114.45</v>
       </c>
       <c r="O39" s="1">
         <v>2.5000000000000001E-3</v>
       </c>
       <c r="P39" s="2">
         <v>115.71</v>
       </c>
       <c r="Q39" s="1">
         <v>-7.0000000000000001E-3</v>
       </c>
       <c r="R39" s="2">
         <v>109.81</v>
       </c>
       <c r="S39" s="1">
         <v>-1.04E-2</v>
       </c>
       <c r="T39" s="2">
         <v>111.36</v>
       </c>
     </row>
-    <row r="40" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="40" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A40" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="1">
         <v>6.7999999999999996E-3</v>
       </c>
       <c r="D40" s="2">
         <v>114.92</v>
       </c>
       <c r="E40" s="1">
         <v>9.4999999999999998E-3</v>
       </c>
       <c r="F40" s="2">
         <v>116.24</v>
       </c>
       <c r="G40" s="1">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="H40" s="2">
         <v>118.01</v>
       </c>
       <c r="I40" s="1">
@@ -3459,51 +3461,51 @@
       <c r="M40" s="1">
         <v>1.17E-2</v>
       </c>
       <c r="N40" s="2">
         <v>115.78</v>
       </c>
       <c r="O40" s="1">
         <v>4.1999999999999997E-3</v>
       </c>
       <c r="P40" s="2">
         <v>116.19</v>
       </c>
       <c r="Q40" s="1">
         <v>5.7000000000000002E-3</v>
       </c>
       <c r="R40" s="2">
         <v>110.43</v>
       </c>
       <c r="S40" s="1">
         <v>1.26E-2</v>
       </c>
       <c r="T40" s="2">
         <v>112.77</v>
       </c>
     </row>
-    <row r="41" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="41" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A41" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="1">
         <v>2.3E-3</v>
       </c>
       <c r="D41" s="2">
         <v>115.19</v>
       </c>
       <c r="E41" s="1">
         <v>4.8999999999999998E-3</v>
       </c>
       <c r="F41" s="2">
         <v>116.81</v>
       </c>
       <c r="G41" s="1">
         <v>6.7000000000000002E-3</v>
       </c>
       <c r="H41" s="2">
         <v>118.8</v>
       </c>
       <c r="I41" s="1">
@@ -3521,51 +3523,51 @@
       <c r="M41" s="1">
         <v>1.21E-2</v>
       </c>
       <c r="N41" s="2">
         <v>117.19</v>
       </c>
       <c r="O41" s="1">
         <v>1.9E-3</v>
       </c>
       <c r="P41" s="2">
         <v>116.41</v>
       </c>
       <c r="Q41" s="1">
         <v>1.8E-3</v>
       </c>
       <c r="R41" s="2">
         <v>110.63</v>
       </c>
       <c r="S41" s="1">
         <v>-2.5999999999999999E-3</v>
       </c>
       <c r="T41" s="2">
         <v>112.47</v>
       </c>
     </row>
-    <row r="42" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="42" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A42" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="1">
         <v>2.24E-2</v>
       </c>
       <c r="D42" s="2">
         <v>117.77</v>
       </c>
       <c r="E42" s="1">
         <v>3.7699999999999997E-2</v>
       </c>
       <c r="F42" s="2">
         <v>121.21</v>
       </c>
       <c r="G42" s="1">
         <v>5.1200000000000002E-2</v>
       </c>
       <c r="H42" s="2">
         <v>124.88</v>
       </c>
       <c r="I42" s="1">
@@ -3583,51 +3585,51 @@
       <c r="M42" s="1">
         <v>3.4500000000000003E-2</v>
       </c>
       <c r="N42" s="2">
         <v>121.23</v>
       </c>
       <c r="O42" s="1">
         <v>-8.8000000000000005E-3</v>
       </c>
       <c r="P42" s="2">
         <v>115.39</v>
       </c>
       <c r="Q42" s="1">
         <v>3.5000000000000001E-3</v>
       </c>
       <c r="R42" s="2">
         <v>111.02</v>
       </c>
       <c r="S42" s="1">
         <v>2.3800000000000002E-2</v>
       </c>
       <c r="T42" s="2">
         <v>115.15</v>
       </c>
     </row>
-    <row r="43" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="43" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A43" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="1">
         <v>1.49E-2</v>
       </c>
       <c r="D43" s="2">
         <v>119.52</v>
       </c>
       <c r="E43" s="1">
         <v>2.1399999999999999E-2</v>
       </c>
       <c r="F43" s="2">
         <v>123.81</v>
       </c>
       <c r="G43" s="1">
         <v>2.8199999999999999E-2</v>
       </c>
       <c r="H43" s="2">
         <v>128.4</v>
       </c>
       <c r="I43" s="1">
@@ -3645,51 +3647,51 @@
       <c r="M43" s="1">
         <v>1.2999999999999999E-3</v>
       </c>
       <c r="N43" s="2">
         <v>121.39</v>
       </c>
       <c r="O43" s="1">
         <v>1.43E-2</v>
       </c>
       <c r="P43" s="2">
         <v>117.04</v>
       </c>
       <c r="Q43" s="1">
         <v>2.0500000000000001E-2</v>
       </c>
       <c r="R43" s="2">
         <v>113.3</v>
       </c>
       <c r="S43" s="1">
         <v>2.76E-2</v>
       </c>
       <c r="T43" s="2">
         <v>118.33</v>
       </c>
     </row>
-    <row r="44" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="44" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A44" s="5" t="s">
         <v>52</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="1">
         <v>1.12E-2</v>
       </c>
       <c r="D44" s="2">
         <v>120.86</v>
       </c>
       <c r="E44" s="1">
         <v>1.32E-2</v>
       </c>
       <c r="F44" s="2">
         <v>125.44</v>
       </c>
       <c r="G44" s="1">
         <v>1.46E-2</v>
       </c>
       <c r="H44" s="2">
         <v>130.28</v>
       </c>
       <c r="I44" s="1">
@@ -3707,51 +3709,51 @@
       <c r="M44" s="1">
         <v>1.21E-2</v>
       </c>
       <c r="N44" s="2">
         <v>122.85</v>
       </c>
       <c r="O44" s="1">
         <v>1.1900000000000001E-2</v>
       </c>
       <c r="P44" s="2">
         <v>118.43</v>
       </c>
       <c r="Q44" s="1">
         <v>2.0400000000000001E-2</v>
       </c>
       <c r="R44" s="2">
         <v>115.61</v>
       </c>
       <c r="S44" s="1">
         <v>2.9600000000000001E-2</v>
       </c>
       <c r="T44" s="2">
         <v>121.83</v>
       </c>
     </row>
-    <row r="45" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="45" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A45" s="5" t="s">
         <v>53</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="1">
         <v>5.5999999999999999E-3</v>
       </c>
       <c r="D45" s="2">
         <v>121.54</v>
       </c>
       <c r="E45" s="1">
         <v>3.8E-3</v>
       </c>
       <c r="F45" s="2">
         <v>125.92</v>
       </c>
       <c r="G45" s="1">
         <v>1.9E-3</v>
       </c>
       <c r="H45" s="2">
         <v>130.52000000000001</v>
       </c>
       <c r="I45" s="1">
@@ -3769,51 +3771,51 @@
       <c r="M45" s="1">
         <v>1.5299999999999999E-2</v>
       </c>
       <c r="N45" s="2">
         <v>124.73</v>
       </c>
       <c r="O45" s="1">
         <v>-5.9999999999999995E-4</v>
       </c>
       <c r="P45" s="2">
         <v>118.36</v>
       </c>
       <c r="Q45" s="1">
         <v>2E-3</v>
       </c>
       <c r="R45" s="2">
         <v>115.84</v>
       </c>
       <c r="S45" s="1">
         <v>-2.9999999999999997E-4</v>
       </c>
       <c r="T45" s="2">
         <v>121.79</v>
       </c>
     </row>
-    <row r="46" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="46" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
         <v>54</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="1">
         <v>2.7000000000000001E-3</v>
       </c>
       <c r="D46" s="2">
         <v>121.86</v>
       </c>
       <c r="E46" s="1">
         <v>1.3299999999999999E-2</v>
       </c>
       <c r="F46" s="2">
         <v>127.59</v>
       </c>
       <c r="G46" s="1">
         <v>2.1700000000000001E-2</v>
       </c>
       <c r="H46" s="2">
         <v>133.36000000000001</v>
       </c>
       <c r="I46" s="1">
@@ -3831,51 +3833,51 @@
       <c r="M46" s="1">
         <v>5.9999999999999995E-4</v>
       </c>
       <c r="N46" s="2">
         <v>124.81</v>
       </c>
       <c r="O46" s="1">
         <v>-2.5999999999999999E-3</v>
       </c>
       <c r="P46" s="2">
         <v>118.05</v>
       </c>
       <c r="Q46" s="1">
         <v>9.7999999999999997E-3</v>
       </c>
       <c r="R46" s="2">
         <v>116.97</v>
       </c>
       <c r="S46" s="1">
         <v>7.4000000000000003E-3</v>
       </c>
       <c r="T46" s="2">
         <v>122.7</v>
       </c>
     </row>
-    <row r="47" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="47" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A47" s="5" t="s">
         <v>55</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="1">
         <v>-2.6700000000000002E-2</v>
       </c>
       <c r="D47" s="2">
         <v>118.61</v>
       </c>
       <c r="E47" s="1">
         <v>-2.9700000000000001E-2</v>
       </c>
       <c r="F47" s="2">
         <v>123.8</v>
       </c>
       <c r="G47" s="1">
         <v>-3.3399999999999999E-2</v>
       </c>
       <c r="H47" s="2">
         <v>128.9</v>
       </c>
       <c r="I47" s="1">
@@ -3893,51 +3895,51 @@
       <c r="M47" s="1">
         <v>-2.9899999999999999E-2</v>
       </c>
       <c r="N47" s="2">
         <v>121.08</v>
       </c>
       <c r="O47" s="1">
         <v>-2.5899999999999999E-2</v>
       </c>
       <c r="P47" s="2">
         <v>114.99</v>
       </c>
       <c r="Q47" s="1">
         <v>-2.4199999999999999E-2</v>
       </c>
       <c r="R47" s="2">
         <v>114.14</v>
       </c>
       <c r="S47" s="1">
         <v>-3.04E-2</v>
       </c>
       <c r="T47" s="2">
         <v>118.97</v>
       </c>
     </row>
-    <row r="48" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="48" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A48" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="1">
         <v>1.83E-2</v>
       </c>
       <c r="D48" s="2">
         <v>120.78</v>
       </c>
       <c r="E48" s="1">
         <v>2.8500000000000001E-2</v>
       </c>
       <c r="F48" s="2">
         <v>127.33</v>
       </c>
       <c r="G48" s="1">
         <v>3.5400000000000001E-2</v>
       </c>
       <c r="H48" s="2">
         <v>133.47</v>
       </c>
       <c r="I48" s="1">
@@ -3955,51 +3957,51 @@
       <c r="M48" s="1">
         <v>3.85E-2</v>
       </c>
       <c r="N48" s="2">
         <v>125.74</v>
       </c>
       <c r="O48" s="1">
         <v>8.3999999999999995E-3</v>
       </c>
       <c r="P48" s="2">
         <v>115.96</v>
       </c>
       <c r="Q48" s="1">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="R48" s="2">
         <v>116.2</v>
       </c>
       <c r="S48" s="1">
         <v>2.4799999999999999E-2</v>
       </c>
       <c r="T48" s="2">
         <v>121.92</v>
       </c>
     </row>
-    <row r="49" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="49" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A49" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="1">
         <v>-1.46E-2</v>
       </c>
       <c r="D49" s="2">
         <v>119.02</v>
       </c>
       <c r="E49" s="1">
         <v>-1.7899999999999999E-2</v>
       </c>
       <c r="F49" s="2">
         <v>125.05</v>
       </c>
       <c r="G49" s="1">
         <v>-2.29E-2</v>
       </c>
       <c r="H49" s="2">
         <v>130.41</v>
       </c>
       <c r="I49" s="1">
@@ -4017,51 +4019,51 @@
       <c r="M49" s="1">
         <v>-1.26E-2</v>
       </c>
       <c r="N49" s="2">
         <v>124.15</v>
       </c>
       <c r="O49" s="1">
         <v>-1E-4</v>
       </c>
       <c r="P49" s="2">
         <v>115.95</v>
       </c>
       <c r="Q49" s="1">
         <v>-3.8999999999999998E-3</v>
       </c>
       <c r="R49" s="2">
         <v>115.74</v>
       </c>
       <c r="S49" s="1">
         <v>-6.4999999999999997E-3</v>
       </c>
       <c r="T49" s="2">
         <v>121.12</v>
       </c>
     </row>
-    <row r="50" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="50" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A50" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="1">
         <v>1.4E-3</v>
       </c>
       <c r="D50" s="2">
         <v>119.18</v>
       </c>
       <c r="E50" s="1">
         <v>6.4999999999999997E-3</v>
       </c>
       <c r="F50" s="2">
         <v>125.86</v>
       </c>
       <c r="G50" s="1">
         <v>8.6E-3</v>
       </c>
       <c r="H50" s="2">
         <v>131.53</v>
       </c>
       <c r="I50" s="1">
@@ -4079,51 +4081,51 @@
       <c r="M50" s="1">
         <v>4.24E-2</v>
       </c>
       <c r="N50" s="2">
         <v>129.41999999999999</v>
       </c>
       <c r="O50" s="1">
         <v>5.4000000000000003E-3</v>
       </c>
       <c r="P50" s="2">
         <v>116.57</v>
       </c>
       <c r="Q50" s="1">
         <v>2.1299999999999999E-2</v>
       </c>
       <c r="R50" s="2">
         <v>118.21</v>
       </c>
       <c r="S50" s="1">
         <v>2.8500000000000001E-2</v>
       </c>
       <c r="T50" s="2">
         <v>124.58</v>
       </c>
     </row>
-    <row r="51" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="51" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A51" s="5" t="s">
         <v>59</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="1">
         <v>1.8100000000000002E-2</v>
       </c>
       <c r="D51" s="2">
         <v>121.34</v>
       </c>
       <c r="E51" s="1">
         <v>2.6700000000000002E-2</v>
       </c>
       <c r="F51" s="2">
         <v>129.22</v>
       </c>
       <c r="G51" s="1">
         <v>3.32E-2</v>
       </c>
       <c r="H51" s="2">
         <v>135.9</v>
       </c>
       <c r="I51" s="1">
@@ -4141,51 +4143,51 @@
       <c r="M51" s="1">
         <v>2.76E-2</v>
       </c>
       <c r="N51" s="2">
         <v>132.99</v>
       </c>
       <c r="O51" s="1">
         <v>1.1599999999999999E-2</v>
       </c>
       <c r="P51" s="2">
         <v>117.93</v>
       </c>
       <c r="Q51" s="1">
         <v>1.6799999999999999E-2</v>
       </c>
       <c r="R51" s="2">
         <v>120.2</v>
       </c>
       <c r="S51" s="1">
         <v>1.37E-2</v>
       </c>
       <c r="T51" s="2">
         <v>126.28</v>
       </c>
     </row>
-    <row r="52" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="52" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A52" s="5" t="s">
         <v>60</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="1">
         <v>-4.7000000000000002E-3</v>
       </c>
       <c r="D52" s="2">
         <v>120.77</v>
       </c>
       <c r="E52" s="1">
         <v>-3.3999999999999998E-3</v>
       </c>
       <c r="F52" s="2">
         <v>128.78</v>
       </c>
       <c r="G52" s="1">
         <v>-3.2000000000000002E-3</v>
       </c>
       <c r="H52" s="2">
         <v>135.46</v>
       </c>
       <c r="I52" s="1">
@@ -4203,51 +4205,51 @@
       <c r="M52" s="1">
         <v>5.7999999999999996E-3</v>
       </c>
       <c r="N52" s="2">
         <v>133.76</v>
       </c>
       <c r="O52" s="1">
         <v>8.9999999999999998E-4</v>
       </c>
       <c r="P52" s="2">
         <v>118.03</v>
       </c>
       <c r="Q52" s="1">
         <v>8.6999999999999994E-3</v>
       </c>
       <c r="R52" s="2">
         <v>121.24</v>
       </c>
       <c r="S52" s="1">
         <v>0.01</v>
       </c>
       <c r="T52" s="2">
         <v>127.55</v>
       </c>
     </row>
-    <row r="53" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="53" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A53" s="5" t="s">
         <v>61</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="1">
         <v>2.0999999999999999E-3</v>
       </c>
       <c r="D53" s="2">
         <v>121.02</v>
       </c>
       <c r="E53" s="1">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="F53" s="2">
         <v>129.43</v>
       </c>
       <c r="G53" s="1">
         <v>8.3000000000000001E-3</v>
       </c>
       <c r="H53" s="2">
         <v>136.59</v>
       </c>
       <c r="I53" s="1">
@@ -4265,51 +4267,51 @@
       <c r="M53" s="1">
         <v>1.5299999999999999E-2</v>
       </c>
       <c r="N53" s="2">
         <v>135.81</v>
       </c>
       <c r="O53" s="1">
         <v>-3.8999999999999998E-3</v>
       </c>
       <c r="P53" s="2">
         <v>117.57</v>
       </c>
       <c r="Q53" s="1">
         <v>3.5999999999999999E-3</v>
       </c>
       <c r="R53" s="2">
         <v>121.68</v>
       </c>
       <c r="S53" s="1">
         <v>4.1999999999999997E-3</v>
       </c>
       <c r="T53" s="2">
         <v>128.08000000000001</v>
       </c>
     </row>
-    <row r="54" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="54" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A54" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="1">
         <v>-6.1999999999999998E-3</v>
       </c>
       <c r="D54" s="2">
         <v>120.27</v>
       </c>
       <c r="E54" s="1">
         <v>-1.4500000000000001E-2</v>
       </c>
       <c r="F54" s="2">
         <v>127.55</v>
       </c>
       <c r="G54" s="1">
         <v>-2.1000000000000001E-2</v>
       </c>
       <c r="H54" s="2">
         <v>133.72</v>
       </c>
       <c r="I54" s="1">
@@ -4327,51 +4329,51 @@
       <c r="M54" s="1">
         <v>-3.1800000000000002E-2</v>
       </c>
       <c r="N54" s="2">
         <v>131.49</v>
       </c>
       <c r="O54" s="1">
         <v>5.1000000000000004E-3</v>
       </c>
       <c r="P54" s="2">
         <v>118.17</v>
       </c>
       <c r="Q54" s="1">
         <v>-6.3E-3</v>
       </c>
       <c r="R54" s="2">
         <v>120.91</v>
       </c>
       <c r="S54" s="1">
         <v>-1.15E-2</v>
       </c>
       <c r="T54" s="2">
         <v>126.61</v>
       </c>
     </row>
-    <row r="55" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="55" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A55" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="1">
         <v>1.3899999999999999E-2</v>
       </c>
       <c r="D55" s="2">
         <v>121.95</v>
       </c>
       <c r="E55" s="1">
         <v>2.2700000000000001E-2</v>
       </c>
       <c r="F55" s="2">
         <v>130.44999999999999</v>
       </c>
       <c r="G55" s="1">
         <v>3.1199999999999999E-2</v>
       </c>
       <c r="H55" s="2">
         <v>137.88999999999999</v>
       </c>
       <c r="I55" s="1">
@@ -4389,51 +4391,51 @@
       <c r="M55" s="1">
         <v>3.8199999999999998E-2</v>
       </c>
       <c r="N55" s="2">
         <v>136.51</v>
       </c>
       <c r="O55" s="1">
         <v>8.0000000000000002E-3</v>
       </c>
       <c r="P55" s="2">
         <v>119.12</v>
       </c>
       <c r="Q55" s="1">
         <v>2.1299999999999999E-2</v>
       </c>
       <c r="R55" s="2">
         <v>123.49</v>
       </c>
       <c r="S55" s="1">
         <v>2.9000000000000001E-2</v>
       </c>
       <c r="T55" s="2">
         <v>130.28</v>
       </c>
     </row>
-    <row r="56" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="56" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A56" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="1">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="D56" s="2">
         <v>121.97</v>
       </c>
       <c r="E56" s="1">
         <v>-1.9E-3</v>
       </c>
       <c r="F56" s="2">
         <v>130.19999999999999</v>
       </c>
       <c r="G56" s="1">
         <v>-4.3E-3</v>
       </c>
       <c r="H56" s="2">
         <v>137.30000000000001</v>
       </c>
       <c r="I56" s="1">
@@ -4451,51 +4453,51 @@
       <c r="M56" s="1">
         <v>8.0000000000000004E-4</v>
       </c>
       <c r="N56" s="2">
         <v>136.62</v>
       </c>
       <c r="O56" s="1">
         <v>1.8E-3</v>
       </c>
       <c r="P56" s="2">
         <v>119.33</v>
       </c>
       <c r="Q56" s="1">
         <v>-3.2000000000000002E-3</v>
       </c>
       <c r="R56" s="2">
         <v>123.09</v>
       </c>
       <c r="S56" s="1">
         <v>1.1999999999999999E-3</v>
       </c>
       <c r="T56" s="2">
         <v>130.44</v>
       </c>
     </row>
-    <row r="57" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="57" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A57" s="5" t="s">
         <v>65</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="1">
         <v>1.5E-3</v>
       </c>
       <c r="D57" s="2">
         <v>122.15</v>
       </c>
       <c r="E57" s="1">
         <v>-2.2000000000000001E-3</v>
       </c>
       <c r="F57" s="2">
         <v>129.91</v>
       </c>
       <c r="G57" s="1">
         <v>-2.0999999999999999E-3</v>
       </c>
       <c r="H57" s="2">
         <v>137.01</v>
       </c>
       <c r="I57" s="1">
@@ -4513,51 +4515,51 @@
       <c r="M57" s="1">
         <v>4.5999999999999999E-3</v>
       </c>
       <c r="N57" s="2">
         <v>137.25</v>
       </c>
       <c r="O57" s="1">
         <v>1.6999999999999999E-3</v>
       </c>
       <c r="P57" s="2">
         <v>119.53</v>
       </c>
       <c r="Q57" s="1">
         <v>-6.7999999999999996E-3</v>
       </c>
       <c r="R57" s="2">
         <v>122.25</v>
       </c>
       <c r="S57" s="1">
         <v>-2.2000000000000001E-3</v>
       </c>
       <c r="T57" s="2">
         <v>130.15</v>
       </c>
     </row>
-    <row r="58" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="58" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A58" s="5" t="s">
         <v>66</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="1">
         <v>1.12E-2</v>
       </c>
       <c r="D58" s="2">
         <v>123.52</v>
       </c>
       <c r="E58" s="1">
         <v>1.52E-2</v>
       </c>
       <c r="F58" s="2">
         <v>131.88999999999999</v>
       </c>
       <c r="G58" s="1">
         <v>1.7500000000000002E-2</v>
       </c>
       <c r="H58" s="2">
         <v>139.41</v>
       </c>
       <c r="I58" s="1">
@@ -4575,51 +4577,51 @@
       <c r="M58" s="1">
         <v>1.38E-2</v>
       </c>
       <c r="N58" s="2">
         <v>139.13999999999999</v>
       </c>
       <c r="O58" s="1">
         <v>1.03E-2</v>
       </c>
       <c r="P58" s="2">
         <v>120.77</v>
       </c>
       <c r="Q58" s="1">
         <v>2.0899999999999998E-2</v>
       </c>
       <c r="R58" s="2">
         <v>124.81</v>
       </c>
       <c r="S58" s="1">
         <v>2.4299999999999999E-2</v>
       </c>
       <c r="T58" s="2">
         <v>133.31</v>
       </c>
     </row>
-    <row r="59" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="59" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A59" s="5" t="s">
         <v>67</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="1">
         <v>-2.8E-3</v>
       </c>
       <c r="D59" s="2">
         <v>123.18</v>
       </c>
       <c r="E59" s="1">
         <v>-2E-3</v>
       </c>
       <c r="F59" s="2">
         <v>131.62</v>
       </c>
       <c r="G59" s="1">
         <v>-1.6999999999999999E-3</v>
       </c>
       <c r="H59" s="2">
         <v>139.16999999999999</v>
       </c>
       <c r="I59" s="1">
@@ -4637,51 +4639,51 @@
       <c r="M59" s="1">
         <v>1.5800000000000002E-2</v>
       </c>
       <c r="N59" s="2">
         <v>141.34</v>
       </c>
       <c r="O59" s="1">
         <v>5.1999999999999998E-3</v>
       </c>
       <c r="P59" s="2">
         <v>121.39</v>
       </c>
       <c r="Q59" s="1">
         <v>5.8999999999999999E-3</v>
       </c>
       <c r="R59" s="2">
         <v>125.55</v>
       </c>
       <c r="S59" s="1">
         <v>2.0999999999999999E-3</v>
       </c>
       <c r="T59" s="2">
         <v>133.59</v>
       </c>
     </row>
-    <row r="60" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="60" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A60" s="5" t="s">
         <v>68</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="1">
         <v>2.9999999999999997E-4</v>
       </c>
       <c r="D60" s="2">
         <v>123.21</v>
       </c>
       <c r="E60" s="1">
         <v>-1.1000000000000001E-3</v>
       </c>
       <c r="F60" s="2">
         <v>131.47999999999999</v>
       </c>
       <c r="G60" s="1">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="H60" s="2">
         <v>139.19999999999999</v>
       </c>
       <c r="I60" s="1">
@@ -4699,51 +4701,51 @@
       <c r="M60" s="1">
         <v>-1.66E-2</v>
       </c>
       <c r="N60" s="2">
         <v>139</v>
       </c>
       <c r="O60" s="1">
         <v>2.2000000000000001E-3</v>
       </c>
       <c r="P60" s="2">
         <v>121.66</v>
       </c>
       <c r="Q60" s="1">
         <v>-5.5999999999999999E-3</v>
       </c>
       <c r="R60" s="2">
         <v>124.84</v>
       </c>
       <c r="S60" s="1">
         <v>-5.4000000000000003E-3</v>
       </c>
       <c r="T60" s="2">
         <v>132.87</v>
       </c>
     </row>
-    <row r="61" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="61" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A61" s="5" t="s">
         <v>69</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="1">
         <v>1.34E-2</v>
       </c>
       <c r="D61" s="2">
         <v>124.86</v>
       </c>
       <c r="E61" s="1">
         <v>1.7600000000000001E-2</v>
       </c>
       <c r="F61" s="2">
         <v>133.79</v>
       </c>
       <c r="G61" s="1">
         <v>1.9800000000000002E-2</v>
       </c>
       <c r="H61" s="2">
         <v>141.94999999999999</v>
       </c>
       <c r="I61" s="1">
@@ -4761,51 +4763,51 @@
       <c r="M61" s="1">
         <v>1.4E-2</v>
       </c>
       <c r="N61" s="2">
         <v>140.94</v>
       </c>
       <c r="O61" s="1">
         <v>9.9000000000000008E-3</v>
       </c>
       <c r="P61" s="2">
         <v>122.87</v>
       </c>
       <c r="Q61" s="1">
         <v>1.9800000000000002E-2</v>
       </c>
       <c r="R61" s="2">
         <v>127.32</v>
       </c>
       <c r="S61" s="1">
         <v>2.35E-2</v>
       </c>
       <c r="T61" s="2">
         <v>135.99</v>
       </c>
     </row>
-    <row r="62" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="62" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A62" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="1">
         <v>-5.4000000000000003E-3</v>
       </c>
       <c r="D62" s="2">
         <v>124.19</v>
       </c>
       <c r="E62" s="1">
         <v>-7.7000000000000002E-3</v>
       </c>
       <c r="F62" s="2">
         <v>132.76</v>
       </c>
       <c r="G62" s="1">
         <v>-8.6999999999999994E-3</v>
       </c>
       <c r="H62" s="2">
         <v>140.72</v>
       </c>
       <c r="I62" s="1">
@@ -4823,51 +4825,51 @@
       <c r="M62" s="1">
         <v>-2.41E-2</v>
       </c>
       <c r="N62" s="2">
         <v>137.55000000000001</v>
       </c>
       <c r="O62" s="1">
         <v>-5.9999999999999995E-4</v>
       </c>
       <c r="P62" s="2">
         <v>122.79</v>
       </c>
       <c r="Q62" s="1">
         <v>4.1999999999999997E-3</v>
       </c>
       <c r="R62" s="2">
         <v>127.85</v>
       </c>
       <c r="S62" s="1">
         <v>7.6E-3</v>
       </c>
       <c r="T62" s="2">
         <v>137.03</v>
       </c>
     </row>
-    <row r="63" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="63" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A63" s="5" t="s">
         <v>71</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="1">
         <v>4.8999999999999998E-3</v>
       </c>
       <c r="D63" s="2">
         <v>124.8</v>
       </c>
       <c r="E63" s="1">
         <v>4.1999999999999997E-3</v>
       </c>
       <c r="F63" s="2">
         <v>133.32</v>
       </c>
       <c r="G63" s="1">
         <v>2.3999999999999998E-3</v>
       </c>
       <c r="H63" s="2">
         <v>141.06</v>
       </c>
       <c r="I63" s="1">
@@ -4885,51 +4887,51 @@
       <c r="M63" s="1">
         <v>1.8E-3</v>
       </c>
       <c r="N63" s="2">
         <v>137.79</v>
       </c>
       <c r="O63" s="1">
         <v>2.7000000000000001E-3</v>
       </c>
       <c r="P63" s="2">
         <v>123.12</v>
       </c>
       <c r="Q63" s="1">
         <v>-2.8E-3</v>
       </c>
       <c r="R63" s="2">
         <v>127.49</v>
       </c>
       <c r="S63" s="1">
         <v>2.3999999999999998E-3</v>
       </c>
       <c r="T63" s="2">
         <v>137.36000000000001</v>
       </c>
     </row>
-    <row r="64" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="64" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A64" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="1">
         <v>1.72E-2</v>
       </c>
       <c r="D64" s="2">
         <v>126.94</v>
       </c>
       <c r="E64" s="1">
         <v>2.5100000000000001E-2</v>
       </c>
       <c r="F64" s="2">
         <v>136.66999999999999</v>
       </c>
       <c r="G64" s="1">
         <v>3.1099999999999999E-2</v>
       </c>
       <c r="H64" s="2">
         <v>145.44</v>
       </c>
       <c r="I64" s="1">
@@ -4947,51 +4949,51 @@
       <c r="M64" s="1">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="N64" s="2">
         <v>140.27000000000001</v>
       </c>
       <c r="O64" s="1">
         <v>2.8999999999999998E-3</v>
       </c>
       <c r="P64" s="2">
         <v>123.48</v>
       </c>
       <c r="Q64" s="1">
         <v>2.1000000000000001E-2</v>
       </c>
       <c r="R64" s="2">
         <v>130.16999999999999</v>
       </c>
       <c r="S64" s="1">
         <v>2.01E-2</v>
       </c>
       <c r="T64" s="2">
         <v>140.12</v>
       </c>
     </row>
-    <row r="65" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="65" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A65" s="5" t="s">
         <v>73</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="1">
         <v>-3.0000000000000001E-3</v>
       </c>
       <c r="D65" s="2">
         <v>126.56</v>
       </c>
       <c r="E65" s="1">
         <v>-3.5999999999999999E-3</v>
       </c>
       <c r="F65" s="2">
         <v>136.18</v>
       </c>
       <c r="G65" s="1">
         <v>-5.4999999999999997E-3</v>
       </c>
       <c r="H65" s="2">
         <v>144.63999999999999</v>
       </c>
       <c r="I65" s="1">
@@ -5009,51 +5011,51 @@
       <c r="M65" s="1">
         <v>-1.47E-2</v>
       </c>
       <c r="N65" s="2">
         <v>138.21</v>
       </c>
       <c r="O65" s="1">
         <v>2.9999999999999997E-4</v>
       </c>
       <c r="P65" s="2">
         <v>123.52</v>
       </c>
       <c r="Q65" s="1">
         <v>2.7000000000000001E-3</v>
       </c>
       <c r="R65" s="2">
         <v>130.52000000000001</v>
       </c>
       <c r="S65" s="1">
         <v>-4.1000000000000003E-3</v>
       </c>
       <c r="T65" s="2">
         <v>139.54</v>
       </c>
     </row>
-    <row r="66" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="66" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A66" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="1">
         <v>2.01E-2</v>
       </c>
       <c r="D66" s="2">
         <v>129.11000000000001</v>
       </c>
       <c r="E66" s="1">
         <v>2.2700000000000001E-2</v>
       </c>
       <c r="F66" s="2">
         <v>139.27000000000001</v>
       </c>
       <c r="G66" s="1">
         <v>2.06E-2</v>
       </c>
       <c r="H66" s="2">
         <v>147.62</v>
       </c>
       <c r="I66" s="1">
@@ -5071,51 +5073,51 @@
       <c r="M66" s="1">
         <v>-5.1999999999999998E-3</v>
       </c>
       <c r="N66" s="2">
         <v>137.49</v>
       </c>
       <c r="O66" s="1">
         <v>2.98E-2</v>
       </c>
       <c r="P66" s="2">
         <v>127.2</v>
       </c>
       <c r="Q66" s="1">
         <v>4.0099999999999997E-2</v>
       </c>
       <c r="R66" s="2">
         <v>135.75</v>
       </c>
       <c r="S66" s="1">
         <v>4.82E-2</v>
       </c>
       <c r="T66" s="2">
         <v>146.27000000000001</v>
       </c>
     </row>
-    <row r="67" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="67" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A67" s="5" t="s">
         <v>75</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="1">
         <v>6.4000000000000003E-3</v>
       </c>
       <c r="D67" s="2">
         <v>129.93</v>
       </c>
       <c r="E67" s="1">
         <v>1.3599999999999999E-2</v>
       </c>
       <c r="F67" s="2">
         <v>141.16</v>
       </c>
       <c r="G67" s="1">
         <v>1.6E-2</v>
       </c>
       <c r="H67" s="2">
         <v>149.99</v>
       </c>
       <c r="I67" s="1">
@@ -5133,51 +5135,51 @@
       <c r="M67" s="1">
         <v>3.2500000000000001E-2</v>
       </c>
       <c r="N67" s="2">
         <v>141.96</v>
       </c>
       <c r="O67" s="1">
         <v>2.64E-2</v>
       </c>
       <c r="P67" s="2">
         <v>130.56</v>
       </c>
       <c r="Q67" s="1">
         <v>3.3799999999999997E-2</v>
       </c>
       <c r="R67" s="2">
         <v>140.34</v>
       </c>
       <c r="S67" s="1">
         <v>4.3700000000000003E-2</v>
       </c>
       <c r="T67" s="2">
         <v>152.66</v>
       </c>
     </row>
-    <row r="68" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="68" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A68" s="5" t="s">
         <v>76</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="1">
         <v>1.21E-2</v>
       </c>
       <c r="D68" s="2">
         <v>131.51</v>
       </c>
       <c r="E68" s="1">
         <v>1.15E-2</v>
       </c>
       <c r="F68" s="2">
         <v>142.78</v>
       </c>
       <c r="G68" s="1">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="H68" s="2">
         <v>152.24</v>
       </c>
       <c r="I68" s="1">
@@ -5195,51 +5197,51 @@
       <c r="M68" s="1">
         <v>-1.18E-2</v>
       </c>
       <c r="N68" s="2">
         <v>140.29</v>
       </c>
       <c r="O68" s="1">
         <v>1.06E-2</v>
       </c>
       <c r="P68" s="2">
         <v>131.94</v>
       </c>
       <c r="Q68" s="1">
         <v>1.5299999999999999E-2</v>
       </c>
       <c r="R68" s="2">
         <v>142.49</v>
       </c>
       <c r="S68" s="1">
         <v>1.95E-2</v>
       </c>
       <c r="T68" s="2">
         <v>155.63999999999999</v>
       </c>
     </row>
-    <row r="69" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="69" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A69" s="5" t="s">
         <v>77</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="1">
         <v>-2.7000000000000001E-3</v>
       </c>
       <c r="D69" s="2">
         <v>131.15</v>
       </c>
       <c r="E69" s="1">
         <v>-5.9999999999999995E-4</v>
       </c>
       <c r="F69" s="2">
         <v>142.69999999999999</v>
       </c>
       <c r="G69" s="1">
         <v>-2.9999999999999997E-4</v>
       </c>
       <c r="H69" s="2">
         <v>152.19</v>
       </c>
       <c r="I69" s="1">
@@ -5257,51 +5259,51 @@
       <c r="M69" s="1">
         <v>2.07E-2</v>
       </c>
       <c r="N69" s="2">
         <v>143.19</v>
       </c>
       <c r="O69" s="1">
         <v>-2.8E-3</v>
       </c>
       <c r="P69" s="2">
         <v>131.57</v>
       </c>
       <c r="Q69" s="1">
         <v>-5.3E-3</v>
       </c>
       <c r="R69" s="2">
         <v>141.74</v>
       </c>
       <c r="S69" s="1">
         <v>-6.7999999999999996E-3</v>
       </c>
       <c r="T69" s="2">
         <v>154.58000000000001</v>
       </c>
     </row>
-    <row r="70" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="70" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A70" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="1">
         <v>5.1999999999999998E-3</v>
       </c>
       <c r="D70" s="2">
         <v>131.83000000000001</v>
       </c>
       <c r="E70" s="1">
         <v>8.3000000000000001E-3</v>
       </c>
       <c r="F70" s="2">
         <v>143.88</v>
       </c>
       <c r="G70" s="1">
         <v>7.7000000000000002E-3</v>
       </c>
       <c r="H70" s="2">
         <v>153.36000000000001</v>
       </c>
       <c r="I70" s="1">
@@ -5319,51 +5321,51 @@
       <c r="M70" s="1">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="N70" s="2">
         <v>143.35</v>
       </c>
       <c r="O70" s="1">
         <v>4.1999999999999997E-3</v>
       </c>
       <c r="P70" s="2">
         <v>132.12</v>
       </c>
       <c r="Q70" s="1">
         <v>8.2000000000000007E-3</v>
       </c>
       <c r="R70" s="2">
         <v>142.9</v>
       </c>
       <c r="S70" s="1">
         <v>1.1900000000000001E-2</v>
       </c>
       <c r="T70" s="2">
         <v>156.41999999999999</v>
       </c>
     </row>
-    <row r="71" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="71" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A71" s="5" t="s">
         <v>79</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="1">
         <v>-2.4500000000000001E-2</v>
       </c>
       <c r="D71" s="2">
         <v>128.6</v>
       </c>
       <c r="E71" s="1">
         <v>-3.2399999999999998E-2</v>
       </c>
       <c r="F71" s="2">
         <v>139.22</v>
       </c>
       <c r="G71" s="1">
         <v>-3.3700000000000001E-2</v>
       </c>
       <c r="H71" s="2">
         <v>148.19</v>
       </c>
       <c r="I71" s="1">
@@ -5381,51 +5383,51 @@
       <c r="M71" s="1">
         <v>-1.7899999999999999E-2</v>
       </c>
       <c r="N71" s="2">
         <v>140.78</v>
       </c>
       <c r="O71" s="1">
         <v>-2.12E-2</v>
       </c>
       <c r="P71" s="2">
         <v>129.32</v>
       </c>
       <c r="Q71" s="1">
         <v>-2.5399999999999999E-2</v>
       </c>
       <c r="R71" s="2">
         <v>139.27000000000001</v>
       </c>
       <c r="S71" s="1">
         <v>-3.1E-2</v>
       </c>
       <c r="T71" s="2">
         <v>151.57</v>
       </c>
     </row>
-    <row r="72" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="72" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A72" s="5" t="s">
         <v>80</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="1">
         <v>7.0000000000000001E-3</v>
       </c>
       <c r="D72" s="2">
         <v>129.5</v>
       </c>
       <c r="E72" s="1">
         <v>1.01E-2</v>
       </c>
       <c r="F72" s="2">
         <v>140.63</v>
       </c>
       <c r="G72" s="1">
         <v>1.03E-2</v>
       </c>
       <c r="H72" s="2">
         <v>149.72</v>
       </c>
       <c r="I72" s="1">
@@ -5443,51 +5445,51 @@
       <c r="M72" s="1">
         <v>6.1999999999999998E-3</v>
       </c>
       <c r="N72" s="2">
         <v>141.65</v>
       </c>
       <c r="O72" s="1">
         <v>8.6999999999999994E-3</v>
       </c>
       <c r="P72" s="2">
         <v>130.44999999999999</v>
       </c>
       <c r="Q72" s="1">
         <v>1.21E-2</v>
       </c>
       <c r="R72" s="2">
         <v>140.94999999999999</v>
       </c>
       <c r="S72" s="1">
         <v>1.21E-2</v>
       </c>
       <c r="T72" s="2">
         <v>153.4</v>
       </c>
     </row>
-    <row r="73" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="73" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A73" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="1">
         <v>-1.9199999999999998E-2</v>
       </c>
       <c r="D73" s="2">
         <v>127.02</v>
       </c>
       <c r="E73" s="1">
         <v>-2.9000000000000001E-2</v>
       </c>
       <c r="F73" s="2">
         <v>136.55000000000001</v>
       </c>
       <c r="G73" s="1">
         <v>-3.5700000000000003E-2</v>
       </c>
       <c r="H73" s="2">
         <v>144.38</v>
       </c>
       <c r="I73" s="1">
@@ -5505,51 +5507,51 @@
       <c r="M73" s="1">
         <v>-4.4299999999999999E-2</v>
       </c>
       <c r="N73" s="2">
         <v>135.38</v>
       </c>
       <c r="O73" s="1">
         <v>-2.5499999999999998E-2</v>
       </c>
       <c r="P73" s="2">
         <v>127.12</v>
       </c>
       <c r="Q73" s="1">
         <v>-4.2000000000000003E-2</v>
       </c>
       <c r="R73" s="2">
         <v>135.03</v>
       </c>
       <c r="S73" s="1">
         <v>-5.5599999999999997E-2</v>
       </c>
       <c r="T73" s="2">
         <v>144.87</v>
       </c>
     </row>
-    <row r="74" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="74" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A74" s="5" t="s">
         <v>82</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="1">
         <v>-1.1299999999999999E-2</v>
       </c>
       <c r="D74" s="2">
         <v>125.58</v>
       </c>
       <c r="E74" s="1">
         <v>-1.8100000000000002E-2</v>
       </c>
       <c r="F74" s="2">
         <v>134.08000000000001</v>
       </c>
       <c r="G74" s="1">
         <v>-2.29E-2</v>
       </c>
       <c r="H74" s="2">
         <v>141.07</v>
       </c>
       <c r="I74" s="1">
@@ -5567,51 +5569,51 @@
       <c r="M74" s="1">
         <v>-3.2399999999999998E-2</v>
       </c>
       <c r="N74" s="2">
         <v>130.99</v>
       </c>
       <c r="O74" s="1">
         <v>-2.2100000000000002E-2</v>
       </c>
       <c r="P74" s="2">
         <v>124.31</v>
       </c>
       <c r="Q74" s="1">
         <v>-2.6800000000000001E-2</v>
       </c>
       <c r="R74" s="2">
         <v>131.41</v>
       </c>
       <c r="S74" s="1">
         <v>-3.7699999999999997E-2</v>
       </c>
       <c r="T74" s="2">
         <v>139.41</v>
       </c>
     </row>
-    <row r="75" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="75" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A75" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="1">
         <v>1.8599999999999998E-2</v>
       </c>
       <c r="D75" s="2">
         <v>127.92</v>
       </c>
       <c r="E75" s="1">
         <v>3.0599999999999999E-2</v>
       </c>
       <c r="F75" s="2">
         <v>138.18</v>
       </c>
       <c r="G75" s="1">
         <v>3.85E-2</v>
       </c>
       <c r="H75" s="2">
         <v>146.5</v>
       </c>
       <c r="I75" s="1">
@@ -5629,51 +5631,51 @@
       <c r="M75" s="1">
         <v>4.7600000000000003E-2</v>
       </c>
       <c r="N75" s="2">
         <v>137.22999999999999</v>
       </c>
       <c r="O75" s="1">
         <v>2.3599999999999999E-2</v>
       </c>
       <c r="P75" s="2">
         <v>127.25</v>
       </c>
       <c r="Q75" s="1">
         <v>4.0599999999999997E-2</v>
       </c>
       <c r="R75" s="2">
         <v>136.75</v>
       </c>
       <c r="S75" s="1">
         <v>6.4000000000000001E-2</v>
       </c>
       <c r="T75" s="2">
         <v>148.33000000000001</v>
       </c>
     </row>
-    <row r="76" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="76" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A76" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="1">
         <v>4.1999999999999997E-3</v>
       </c>
       <c r="D76" s="2">
         <v>128.44999999999999</v>
       </c>
       <c r="E76" s="1">
         <v>7.7999999999999996E-3</v>
       </c>
       <c r="F76" s="2">
         <v>139.26</v>
       </c>
       <c r="G76" s="1">
         <v>8.6999999999999994E-3</v>
       </c>
       <c r="H76" s="2">
         <v>147.77000000000001</v>
       </c>
       <c r="I76" s="1">
@@ -5691,51 +5693,51 @@
       <c r="M76" s="1">
         <v>-5.3E-3</v>
       </c>
       <c r="N76" s="2">
         <v>136.5</v>
       </c>
       <c r="O76" s="1">
         <v>8.2000000000000007E-3</v>
       </c>
       <c r="P76" s="2">
         <v>128.29</v>
       </c>
       <c r="Q76" s="1">
         <v>1.41E-2</v>
       </c>
       <c r="R76" s="2">
         <v>138.68</v>
       </c>
       <c r="S76" s="1">
         <v>2.3199999999999998E-2</v>
       </c>
       <c r="T76" s="2">
         <v>151.78</v>
       </c>
     </row>
-    <row r="77" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="77" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A77" s="5" t="s">
         <v>85</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="1">
         <v>-4.1999999999999997E-3</v>
       </c>
       <c r="D77" s="2">
         <v>127.92</v>
       </c>
       <c r="E77" s="1">
         <v>-2.8999999999999998E-3</v>
       </c>
       <c r="F77" s="2">
         <v>138.85</v>
       </c>
       <c r="G77" s="1">
         <v>-2.9999999999999997E-4</v>
       </c>
       <c r="H77" s="2">
         <v>147.72999999999999</v>
       </c>
       <c r="I77" s="1">
@@ -5753,51 +5755,51 @@
       <c r="M77" s="1">
         <v>-6.0000000000000001E-3</v>
       </c>
       <c r="N77" s="2">
         <v>135.68</v>
       </c>
       <c r="O77" s="1">
         <v>-9.4999999999999998E-3</v>
       </c>
       <c r="P77" s="2">
         <v>127.07</v>
       </c>
       <c r="Q77" s="1">
         <v>-1.6500000000000001E-2</v>
       </c>
       <c r="R77" s="2">
         <v>136.38999999999999</v>
       </c>
       <c r="S77" s="1">
         <v>-2.6700000000000002E-2</v>
       </c>
       <c r="T77" s="2">
         <v>147.72</v>
       </c>
     </row>
-    <row r="78" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="78" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A78" s="5" t="s">
         <v>86</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="1">
         <v>-1.32E-2</v>
       </c>
       <c r="D78" s="2">
         <v>126.23</v>
       </c>
       <c r="E78" s="1">
         <v>-2.3199999999999998E-2</v>
       </c>
       <c r="F78" s="2">
         <v>135.63</v>
       </c>
       <c r="G78" s="1">
         <v>-3.2099999999999997E-2</v>
       </c>
       <c r="H78" s="2">
         <v>142.99</v>
       </c>
       <c r="I78" s="1">
@@ -5815,51 +5817,51 @@
       <c r="M78" s="1">
         <v>-4.9000000000000002E-2</v>
       </c>
       <c r="N78" s="2">
         <v>129.03</v>
       </c>
       <c r="O78" s="1">
         <v>-1.6E-2</v>
       </c>
       <c r="P78" s="2">
         <v>125.04</v>
       </c>
       <c r="Q78" s="1">
         <v>-3.1699999999999999E-2</v>
       </c>
       <c r="R78" s="2">
         <v>132.07</v>
       </c>
       <c r="S78" s="1">
         <v>-4.7600000000000003E-2</v>
       </c>
       <c r="T78" s="2">
         <v>140.69</v>
       </c>
     </row>
-    <row r="79" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="79" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A79" s="5" t="s">
         <v>87</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="1">
         <v>3.0999999999999999E-3</v>
       </c>
       <c r="D79" s="2">
         <v>126.62</v>
       </c>
       <c r="E79" s="1">
         <v>6.1000000000000004E-3</v>
       </c>
       <c r="F79" s="2">
         <v>136.46</v>
       </c>
       <c r="G79" s="1">
         <v>1.0699999999999999E-2</v>
       </c>
       <c r="H79" s="2">
         <v>144.52000000000001</v>
       </c>
       <c r="I79" s="1">
@@ -5877,51 +5879,51 @@
       <c r="M79" s="1">
         <v>-4.1000000000000003E-3</v>
       </c>
       <c r="N79" s="2">
         <v>128.5</v>
       </c>
       <c r="O79" s="1">
         <v>-3.0000000000000001E-3</v>
       </c>
       <c r="P79" s="2">
         <v>124.66</v>
       </c>
       <c r="Q79" s="1">
         <v>-4.1000000000000003E-3</v>
       </c>
       <c r="R79" s="2">
         <v>131.52000000000001</v>
       </c>
       <c r="S79" s="1">
         <v>-4.8999999999999998E-3</v>
       </c>
       <c r="T79" s="2">
         <v>140</v>
       </c>
     </row>
-    <row r="80" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="80" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A80" s="5" t="s">
         <v>88</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="1">
         <v>1.38E-2</v>
       </c>
       <c r="D80" s="2">
         <v>128.37</v>
       </c>
       <c r="E80" s="1">
         <v>1.77E-2</v>
       </c>
       <c r="F80" s="2">
         <v>138.87</v>
       </c>
       <c r="G80" s="1">
         <v>2.1000000000000001E-2</v>
       </c>
       <c r="H80" s="2">
         <v>147.55000000000001</v>
       </c>
       <c r="I80" s="1">
@@ -5939,51 +5941,51 @@
       <c r="M80" s="1">
         <v>4.5999999999999999E-2</v>
       </c>
       <c r="N80" s="2">
         <v>134.41999999999999</v>
       </c>
       <c r="O80" s="1">
         <v>3.5000000000000001E-3</v>
       </c>
       <c r="P80" s="2">
         <v>125.1</v>
       </c>
       <c r="Q80" s="1">
         <v>7.0000000000000001E-3</v>
       </c>
       <c r="R80" s="2">
         <v>132.44999999999999</v>
       </c>
       <c r="S80" s="1">
         <v>1.17E-2</v>
       </c>
       <c r="T80" s="2">
         <v>141.63999999999999</v>
       </c>
     </row>
-    <row r="81" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="81" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A81" s="5" t="s">
         <v>89</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="1">
         <v>2.2000000000000001E-3</v>
       </c>
       <c r="D81" s="2">
         <v>128.65</v>
       </c>
       <c r="E81" s="1">
         <v>1.4E-3</v>
       </c>
       <c r="F81" s="2">
         <v>139.07</v>
       </c>
       <c r="G81" s="1">
         <v>2.9999999999999997E-4</v>
       </c>
       <c r="H81" s="2">
         <v>147.6</v>
       </c>
       <c r="I81" s="1">
@@ -6001,51 +6003,51 @@
       <c r="M81" s="1">
         <v>6.6E-3</v>
       </c>
       <c r="N81" s="2">
         <v>135.30000000000001</v>
       </c>
       <c r="O81" s="1">
         <v>3.7000000000000002E-3</v>
       </c>
       <c r="P81" s="2">
         <v>125.56</v>
       </c>
       <c r="Q81" s="1">
         <v>4.8999999999999998E-3</v>
       </c>
       <c r="R81" s="2">
         <v>133.09</v>
       </c>
       <c r="S81" s="1">
         <v>5.3E-3</v>
       </c>
       <c r="T81" s="2">
         <v>142.38999999999999</v>
       </c>
     </row>
-    <row r="82" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="82" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A82" s="5" t="s">
         <v>90</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="1">
         <v>3.0999999999999999E-3</v>
       </c>
       <c r="D82" s="2">
         <v>129.05000000000001</v>
       </c>
       <c r="E82" s="1">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="F82" s="2">
         <v>139.9</v>
       </c>
       <c r="G82" s="1">
         <v>8.0000000000000002E-3</v>
       </c>
       <c r="H82" s="2">
         <v>148.78</v>
       </c>
       <c r="I82" s="1">
@@ -6063,51 +6065,51 @@
       <c r="M82" s="1">
         <v>2.5999999999999999E-3</v>
       </c>
       <c r="N82" s="2">
         <v>135.65</v>
       </c>
       <c r="O82" s="1">
         <v>7.1000000000000004E-3</v>
       </c>
       <c r="P82" s="2">
         <v>126.45</v>
       </c>
       <c r="Q82" s="1">
         <v>1.26E-2</v>
       </c>
       <c r="R82" s="2">
         <v>134.77000000000001</v>
       </c>
       <c r="S82" s="1">
         <v>1.8499999999999999E-2</v>
       </c>
       <c r="T82" s="2">
         <v>145.03</v>
       </c>
     </row>
-    <row r="83" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="83" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A83" s="5" t="s">
         <v>91</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="1">
         <v>1.7399999999999999E-2</v>
       </c>
       <c r="D83" s="2">
         <v>131.29</v>
       </c>
       <c r="E83" s="1">
         <v>2.3300000000000001E-2</v>
       </c>
       <c r="F83" s="2">
         <v>143.16</v>
       </c>
       <c r="G83" s="1">
         <v>2.7E-2</v>
       </c>
       <c r="H83" s="2">
         <v>152.80000000000001</v>
       </c>
       <c r="I83" s="1">
@@ -6125,51 +6127,51 @@
       <c r="M83" s="1">
         <v>-1.0699999999999999E-2</v>
       </c>
       <c r="N83" s="2">
         <v>134.19999999999999</v>
       </c>
       <c r="O83" s="1">
         <v>-5.5999999999999999E-3</v>
       </c>
       <c r="P83" s="2">
         <v>125.74</v>
       </c>
       <c r="Q83" s="1">
         <v>-1.43E-2</v>
       </c>
       <c r="R83" s="2">
         <v>132.84</v>
       </c>
       <c r="S83" s="1">
         <v>-2.12E-2</v>
       </c>
       <c r="T83" s="2">
         <v>141.94999999999999</v>
       </c>
     </row>
-    <row r="84" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="84" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A84" s="5" t="s">
         <v>92</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="1">
         <v>2.24E-2</v>
       </c>
       <c r="D84" s="2">
         <v>134.22999999999999</v>
       </c>
       <c r="E84" s="1">
         <v>3.1300000000000001E-2</v>
       </c>
       <c r="F84" s="2">
         <v>147.63999999999999</v>
       </c>
       <c r="G84" s="1">
         <v>3.8699999999999998E-2</v>
       </c>
       <c r="H84" s="2">
         <v>158.71</v>
       </c>
       <c r="I84" s="1">
@@ -6187,51 +6189,51 @@
       <c r="M84" s="1">
         <v>2.8199999999999999E-2</v>
       </c>
       <c r="N84" s="2">
         <v>137.99</v>
       </c>
       <c r="O84" s="1">
         <v>1.26E-2</v>
       </c>
       <c r="P84" s="2">
         <v>127.33</v>
       </c>
       <c r="Q84" s="1">
         <v>1.95E-2</v>
       </c>
       <c r="R84" s="2">
         <v>135.43</v>
       </c>
       <c r="S84" s="1">
         <v>2.6800000000000001E-2</v>
       </c>
       <c r="T84" s="2">
         <v>145.75</v>
       </c>
     </row>
-    <row r="85" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="85" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A85" s="5" t="s">
         <v>93</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="1">
         <v>1.11E-2</v>
       </c>
       <c r="D85" s="2">
         <v>135.72</v>
       </c>
       <c r="E85" s="1">
         <v>1.1299999999999999E-2</v>
       </c>
       <c r="F85" s="2">
         <v>149.31</v>
       </c>
       <c r="G85" s="1">
         <v>1.2800000000000001E-2</v>
       </c>
       <c r="H85" s="2">
         <v>160.74</v>
       </c>
       <c r="I85" s="1">
@@ -6249,51 +6251,51 @@
       <c r="M85" s="1">
         <v>2.3E-3</v>
       </c>
       <c r="N85" s="2">
         <v>138.30000000000001</v>
       </c>
       <c r="O85" s="1">
         <v>3.0999999999999999E-3</v>
       </c>
       <c r="P85" s="2">
         <v>127.72</v>
       </c>
       <c r="Q85" s="1">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="R85" s="2">
         <v>136.11000000000001</v>
       </c>
       <c r="S85" s="1">
         <v>4.7000000000000002E-3</v>
       </c>
       <c r="T85" s="2">
         <v>146.44</v>
       </c>
     </row>
-    <row r="86" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="86" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A86" s="5" t="s">
         <v>94</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="1">
         <v>3.2000000000000002E-3</v>
       </c>
       <c r="D86" s="2">
         <v>136.16</v>
       </c>
       <c r="E86" s="1">
         <v>7.3000000000000001E-3</v>
       </c>
       <c r="F86" s="2">
         <v>150.4</v>
       </c>
       <c r="G86" s="1">
         <v>1.12E-2</v>
       </c>
       <c r="H86" s="2">
         <v>162.54</v>
       </c>
       <c r="I86" s="1">
@@ -6311,51 +6313,51 @@
       <c r="M86" s="1">
         <v>5.7000000000000002E-3</v>
       </c>
       <c r="N86" s="2">
         <v>139.09</v>
       </c>
       <c r="O86" s="1">
         <v>1.9E-3</v>
       </c>
       <c r="P86" s="2">
         <v>127.97</v>
       </c>
       <c r="Q86" s="1">
         <v>1E-3</v>
       </c>
       <c r="R86" s="2">
         <v>136.25</v>
       </c>
       <c r="S86" s="1">
         <v>1.6999999999999999E-3</v>
       </c>
       <c r="T86" s="2">
         <v>146.69</v>
       </c>
     </row>
-    <row r="87" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="87" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A87" s="5" t="s">
         <v>95</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="1">
         <v>3.2000000000000002E-3</v>
       </c>
       <c r="D87" s="2">
         <v>136.59</v>
       </c>
       <c r="E87" s="1">
         <v>1.1299999999999999E-2</v>
       </c>
       <c r="F87" s="2">
         <v>152.1</v>
       </c>
       <c r="G87" s="1">
         <v>1.77E-2</v>
       </c>
       <c r="H87" s="2">
         <v>165.42</v>
       </c>
       <c r="I87" s="1">
@@ -6373,51 +6375,51 @@
       <c r="M87" s="1">
         <v>-1.8200000000000001E-2</v>
       </c>
       <c r="N87" s="2">
         <v>136.56</v>
       </c>
       <c r="O87" s="1">
         <v>-2E-3</v>
       </c>
       <c r="P87" s="2">
         <v>127.71</v>
       </c>
       <c r="Q87" s="1">
         <v>-1E-3</v>
       </c>
       <c r="R87" s="2">
         <v>136.11000000000001</v>
       </c>
       <c r="S87" s="1">
         <v>-1.6000000000000001E-3</v>
       </c>
       <c r="T87" s="2">
         <v>146.44999999999999</v>
       </c>
     </row>
-    <row r="88" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="88" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A88" s="5" t="s">
         <v>96</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="1">
         <v>-9.9000000000000008E-3</v>
       </c>
       <c r="D88" s="2">
         <v>135.24</v>
       </c>
       <c r="E88" s="1">
         <v>-1.3100000000000001E-2</v>
       </c>
       <c r="F88" s="2">
         <v>150.11000000000001</v>
       </c>
       <c r="G88" s="1">
         <v>-1.66E-2</v>
       </c>
       <c r="H88" s="2">
         <v>162.66999999999999</v>
       </c>
       <c r="I88" s="1">
@@ -6435,51 +6437,51 @@
       <c r="M88" s="1">
         <v>-4.0000000000000002E-4</v>
       </c>
       <c r="N88" s="2">
         <v>136.51</v>
       </c>
       <c r="O88" s="1">
         <v>3.3E-3</v>
       </c>
       <c r="P88" s="2">
         <v>128.13</v>
       </c>
       <c r="Q88" s="1">
         <v>1.29E-2</v>
       </c>
       <c r="R88" s="2">
         <v>137.87</v>
       </c>
       <c r="S88" s="1">
         <v>1.6799999999999999E-2</v>
       </c>
       <c r="T88" s="2">
         <v>148.91</v>
       </c>
     </row>
-    <row r="89" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="89" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A89" s="5" t="s">
         <v>97</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="1">
         <v>1.4200000000000001E-2</v>
       </c>
       <c r="D89" s="2">
         <v>137.16</v>
       </c>
       <c r="E89" s="1">
         <v>2.1299999999999999E-2</v>
       </c>
       <c r="F89" s="2">
         <v>153.31</v>
       </c>
       <c r="G89" s="1">
         <v>2.5499999999999998E-2</v>
       </c>
       <c r="H89" s="2">
         <v>166.82</v>
       </c>
       <c r="I89" s="1">
@@ -6497,51 +6499,51 @@
       <c r="M89" s="1">
         <v>1.6400000000000001E-2</v>
       </c>
       <c r="N89" s="2">
         <v>138.75</v>
       </c>
       <c r="O89" s="1">
         <v>9.5999999999999992E-3</v>
       </c>
       <c r="P89" s="2">
         <v>129.36000000000001</v>
       </c>
       <c r="Q89" s="1">
         <v>1.7500000000000002E-2</v>
       </c>
       <c r="R89" s="2">
         <v>140.28</v>
       </c>
       <c r="S89" s="1">
         <v>2.3800000000000002E-2</v>
       </c>
       <c r="T89" s="2">
         <v>152.46</v>
       </c>
     </row>
-    <row r="90" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="90" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A90" s="5" t="s">
         <v>98</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="1">
         <v>1.2999999999999999E-3</v>
       </c>
       <c r="D90" s="2">
         <v>137.34</v>
       </c>
       <c r="E90" s="1">
         <v>4.1000000000000003E-3</v>
       </c>
       <c r="F90" s="2">
         <v>153.94</v>
       </c>
       <c r="G90" s="1">
         <v>4.7000000000000002E-3</v>
       </c>
       <c r="H90" s="2">
         <v>167.6</v>
       </c>
       <c r="I90" s="1">
@@ -6559,51 +6561,51 @@
       <c r="M90" s="1">
         <v>1.66E-2</v>
       </c>
       <c r="N90" s="2">
         <v>141.05000000000001</v>
       </c>
       <c r="O90" s="1">
         <v>1E-4</v>
       </c>
       <c r="P90" s="2">
         <v>129.37</v>
       </c>
       <c r="Q90" s="1">
         <v>2.0999999999999999E-3</v>
       </c>
       <c r="R90" s="2">
         <v>140.57</v>
       </c>
       <c r="S90" s="1">
         <v>3.0999999999999999E-3</v>
       </c>
       <c r="T90" s="2">
         <v>152.93</v>
       </c>
     </row>
-    <row r="91" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="91" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A91" s="5" t="s">
         <v>99</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="1">
         <v>1.37E-2</v>
       </c>
       <c r="D91" s="2">
         <v>139.22</v>
       </c>
       <c r="E91" s="1">
         <v>1.8499999999999999E-2</v>
       </c>
       <c r="F91" s="2">
         <v>156.78</v>
       </c>
       <c r="G91" s="1">
         <v>2.3400000000000001E-2</v>
       </c>
       <c r="H91" s="2">
         <v>171.53</v>
       </c>
       <c r="I91" s="1">
@@ -6621,51 +6623,51 @@
       <c r="M91" s="1">
         <v>2.1399999999999999E-2</v>
       </c>
       <c r="N91" s="2">
         <v>144.07</v>
       </c>
       <c r="O91" s="1">
         <v>1.1900000000000001E-2</v>
       </c>
       <c r="P91" s="2">
         <v>130.91</v>
       </c>
       <c r="Q91" s="1">
         <v>1.77E-2</v>
       </c>
       <c r="R91" s="2">
         <v>143.06</v>
       </c>
       <c r="S91" s="1">
         <v>2.5600000000000001E-2</v>
       </c>
       <c r="T91" s="2">
         <v>156.85</v>
       </c>
     </row>
-    <row r="92" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="92" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A92" s="5" t="s">
         <v>100</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="1">
         <v>6.1999999999999998E-3</v>
       </c>
       <c r="D92" s="2">
         <v>140.08000000000001</v>
       </c>
       <c r="E92" s="1">
         <v>7.3000000000000001E-3</v>
       </c>
       <c r="F92" s="2">
         <v>157.93</v>
       </c>
       <c r="G92" s="1">
         <v>1.0699999999999999E-2</v>
       </c>
       <c r="H92" s="2">
         <v>173.36</v>
       </c>
       <c r="I92" s="1">
@@ -6683,51 +6685,51 @@
       <c r="M92" s="1">
         <v>1.23E-2</v>
       </c>
       <c r="N92" s="2">
         <v>145.84</v>
       </c>
       <c r="O92" s="1">
         <v>5.4000000000000003E-3</v>
       </c>
       <c r="P92" s="2">
         <v>131.62</v>
       </c>
       <c r="Q92" s="1">
         <v>8.3999999999999995E-3</v>
       </c>
       <c r="R92" s="2">
         <v>144.26</v>
       </c>
       <c r="S92" s="1">
         <v>1.1900000000000001E-2</v>
       </c>
       <c r="T92" s="2">
         <v>158.71</v>
       </c>
     </row>
-    <row r="93" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="93" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A93" s="5" t="s">
         <v>101</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="1">
         <v>1.4E-3</v>
       </c>
       <c r="D93" s="2">
         <v>140.28</v>
       </c>
       <c r="E93" s="1">
         <v>1E-4</v>
       </c>
       <c r="F93" s="2">
         <v>157.94</v>
       </c>
       <c r="G93" s="1">
         <v>-3.2000000000000002E-3</v>
       </c>
       <c r="H93" s="2">
         <v>172.81</v>
       </c>
       <c r="I93" s="1">
@@ -6745,51 +6747,51 @@
       <c r="M93" s="1">
         <v>1.61E-2</v>
       </c>
       <c r="N93" s="2">
         <v>148.19</v>
       </c>
       <c r="O93" s="1">
         <v>4.7999999999999996E-3</v>
       </c>
       <c r="P93" s="2">
         <v>132.25</v>
       </c>
       <c r="Q93" s="1">
         <v>5.7999999999999996E-3</v>
       </c>
       <c r="R93" s="2">
         <v>145.1</v>
       </c>
       <c r="S93" s="1">
         <v>7.3000000000000001E-3</v>
       </c>
       <c r="T93" s="2">
         <v>159.87</v>
       </c>
     </row>
-    <row r="94" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="94" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A94" s="5" t="s">
         <v>102</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="1">
         <v>1.18E-2</v>
       </c>
       <c r="D94" s="2">
         <v>141.94</v>
       </c>
       <c r="E94" s="1">
         <v>1.7399999999999999E-2</v>
       </c>
       <c r="F94" s="2">
         <v>160.69</v>
       </c>
       <c r="G94" s="1">
         <v>2.46E-2</v>
       </c>
       <c r="H94" s="2">
         <v>177.06</v>
       </c>
       <c r="I94" s="1">
@@ -6807,51 +6809,51 @@
       <c r="M94" s="1">
         <v>2.0899999999999998E-2</v>
       </c>
       <c r="N94" s="2">
         <v>151.28</v>
       </c>
       <c r="O94" s="1">
         <v>-1E-3</v>
       </c>
       <c r="P94" s="2">
         <v>132.12</v>
       </c>
       <c r="Q94" s="1">
         <v>-2.0999999999999999E-3</v>
       </c>
       <c r="R94" s="2">
         <v>144.80000000000001</v>
       </c>
       <c r="S94" s="1">
         <v>2.0000000000000001E-4</v>
       </c>
       <c r="T94" s="2">
         <v>159.9</v>
       </c>
     </row>
-    <row r="95" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="95" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A95" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="1">
         <v>-4.4999999999999997E-3</v>
       </c>
       <c r="D95" s="2">
         <v>141.30000000000001</v>
       </c>
       <c r="E95" s="1">
         <v>-5.4999999999999997E-3</v>
       </c>
       <c r="F95" s="2">
         <v>159.81</v>
       </c>
       <c r="G95" s="1">
         <v>-5.8999999999999999E-3</v>
       </c>
       <c r="H95" s="2">
         <v>176.01</v>
       </c>
       <c r="I95" s="1">
@@ -6869,51 +6871,51 @@
       <c r="M95" s="1">
         <v>3.0999999999999999E-3</v>
       </c>
       <c r="N95" s="2">
         <v>151.75</v>
       </c>
       <c r="O95" s="1">
         <v>-6.7999999999999996E-3</v>
       </c>
       <c r="P95" s="2">
         <v>131.22</v>
       </c>
       <c r="Q95" s="1">
         <v>-8.3999999999999995E-3</v>
       </c>
       <c r="R95" s="2">
         <v>143.58000000000001</v>
       </c>
       <c r="S95" s="1">
         <v>-1.34E-2</v>
       </c>
       <c r="T95" s="2">
         <v>157.76</v>
       </c>
     </row>
-    <row r="96" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="96" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A96" s="5" t="s">
         <v>104</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="1">
         <v>4.8999999999999998E-3</v>
       </c>
       <c r="D96" s="2">
         <v>141.99</v>
       </c>
       <c r="E96" s="1">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="F96" s="2">
         <v>160.77000000000001</v>
       </c>
       <c r="G96" s="1">
         <v>7.7000000000000002E-3</v>
       </c>
       <c r="H96" s="2">
         <v>177.37</v>
       </c>
       <c r="I96" s="1">
@@ -6931,51 +6933,51 @@
       <c r="M96" s="1">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="N96" s="2">
         <v>154.49</v>
       </c>
       <c r="O96" s="1">
         <v>-2.9999999999999997E-4</v>
       </c>
       <c r="P96" s="2">
         <v>131.18</v>
       </c>
       <c r="Q96" s="1">
         <v>-1.8E-3</v>
       </c>
       <c r="R96" s="2">
         <v>143.32</v>
       </c>
       <c r="S96" s="1">
         <v>-2.5000000000000001E-3</v>
       </c>
       <c r="T96" s="2">
         <v>157.37</v>
       </c>
     </row>
-    <row r="97" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="97" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A97" s="5" t="s">
         <v>105</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="1">
         <v>7.7000000000000002E-3</v>
       </c>
       <c r="D97" s="2">
         <v>143.08000000000001</v>
       </c>
       <c r="E97" s="1">
         <v>1.0800000000000001E-2</v>
       </c>
       <c r="F97" s="2">
         <v>162.5</v>
       </c>
       <c r="G97" s="1">
         <v>1.4200000000000001E-2</v>
       </c>
       <c r="H97" s="2">
         <v>179.89</v>
       </c>
       <c r="I97" s="1">
@@ -6993,51 +6995,51 @@
       <c r="M97" s="1">
         <v>0</v>
       </c>
       <c r="N97" s="2">
         <v>154.49</v>
       </c>
       <c r="O97" s="1">
         <v>-2.9999999999999997E-4</v>
       </c>
       <c r="P97" s="2">
         <v>131.13999999999999</v>
       </c>
       <c r="Q97" s="1">
         <v>-1E-3</v>
       </c>
       <c r="R97" s="2">
         <v>143.18</v>
       </c>
       <c r="S97" s="1">
         <v>-2.8E-3</v>
       </c>
       <c r="T97" s="2">
         <v>156.93</v>
       </c>
     </row>
-    <row r="98" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="98" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A98" s="5" t="s">
         <v>106</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="1">
         <v>-6.8999999999999999E-3</v>
       </c>
       <c r="D98" s="2">
         <v>142.1</v>
       </c>
       <c r="E98" s="1">
         <v>-8.0000000000000002E-3</v>
       </c>
       <c r="F98" s="2">
         <v>161.19999999999999</v>
       </c>
       <c r="G98" s="1">
         <v>-1.04E-2</v>
       </c>
       <c r="H98" s="2">
         <v>178.02</v>
       </c>
       <c r="I98" s="1">
@@ -7055,51 +7057,51 @@
       <c r="M98" s="1">
         <v>1.5100000000000001E-2</v>
       </c>
       <c r="N98" s="2">
         <v>156.82</v>
       </c>
       <c r="O98" s="1">
         <v>6.1999999999999998E-3</v>
       </c>
       <c r="P98" s="2">
         <v>131.96</v>
       </c>
       <c r="Q98" s="1">
         <v>1.23E-2</v>
       </c>
       <c r="R98" s="2">
         <v>144.94</v>
       </c>
       <c r="S98" s="1">
         <v>1.9699999999999999E-2</v>
       </c>
       <c r="T98" s="2">
         <v>160.02000000000001</v>
       </c>
     </row>
-    <row r="99" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="99" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A99" s="5" t="s">
         <v>107</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="1">
         <v>8.8000000000000005E-3</v>
       </c>
       <c r="D99" s="2">
         <v>143.35</v>
       </c>
       <c r="E99" s="1">
         <v>1.5299999999999999E-2</v>
       </c>
       <c r="F99" s="2">
         <v>163.66999999999999</v>
       </c>
       <c r="G99" s="1">
         <v>2.07E-2</v>
       </c>
       <c r="H99" s="2">
         <v>181.7</v>
       </c>
       <c r="I99" s="1">
@@ -7117,51 +7119,51 @@
       <c r="M99" s="1">
         <v>1.6199999999999999E-2</v>
       </c>
       <c r="N99" s="2">
         <v>159.36000000000001</v>
       </c>
       <c r="O99" s="1">
         <v>8.6E-3</v>
       </c>
       <c r="P99" s="2">
         <v>133.09</v>
       </c>
       <c r="Q99" s="1">
         <v>1.52E-2</v>
       </c>
       <c r="R99" s="2">
         <v>147.13999999999999</v>
       </c>
       <c r="S99" s="1">
         <v>2.2499999999999999E-2</v>
       </c>
       <c r="T99" s="2">
         <v>163.62</v>
       </c>
     </row>
-    <row r="100" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="100" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A100" s="5" t="s">
         <v>108</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="1">
         <v>-2.0999999999999999E-3</v>
       </c>
       <c r="D100" s="2">
         <v>143.04</v>
       </c>
       <c r="E100" s="1">
         <v>-3.0999999999999999E-3</v>
       </c>
       <c r="F100" s="2">
         <v>163.16</v>
       </c>
       <c r="G100" s="1">
         <v>-5.4000000000000003E-3</v>
       </c>
       <c r="H100" s="2">
         <v>180.72</v>
       </c>
       <c r="I100" s="1">
@@ -7179,51 +7181,51 @@
       <c r="M100" s="1">
         <v>1.15E-2</v>
       </c>
       <c r="N100" s="2">
         <v>161.19</v>
       </c>
       <c r="O100" s="1">
         <v>-8.0000000000000004E-4</v>
       </c>
       <c r="P100" s="2">
         <v>132.99</v>
       </c>
       <c r="Q100" s="1">
         <v>-3.3E-3</v>
       </c>
       <c r="R100" s="2">
         <v>146.66</v>
       </c>
       <c r="S100" s="1">
         <v>-5.5999999999999999E-3</v>
       </c>
       <c r="T100" s="2">
         <v>162.69999999999999</v>
       </c>
     </row>
-    <row r="101" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="101" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A101" s="5" t="s">
         <v>109</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="1">
         <v>8.0999999999999996E-3</v>
       </c>
       <c r="D101" s="2">
         <v>144.19999999999999</v>
       </c>
       <c r="E101" s="1">
         <v>1.21E-2</v>
       </c>
       <c r="F101" s="2">
         <v>165.14</v>
       </c>
       <c r="G101" s="1">
         <v>1.6199999999999999E-2</v>
       </c>
       <c r="H101" s="2">
         <v>183.65</v>
       </c>
       <c r="I101" s="1">
@@ -7241,51 +7243,51 @@
       <c r="M101" s="1">
         <v>1.09E-2</v>
       </c>
       <c r="N101" s="2">
         <v>162.94999999999999</v>
       </c>
       <c r="O101" s="1">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="P101" s="2">
         <v>133.13</v>
       </c>
       <c r="Q101" s="1">
         <v>4.7000000000000002E-3</v>
       </c>
       <c r="R101" s="2">
         <v>147.35</v>
       </c>
       <c r="S101" s="1">
         <v>3.8E-3</v>
       </c>
       <c r="T101" s="2">
         <v>163.32</v>
       </c>
     </row>
-    <row r="102" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="102" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A102" s="5" t="s">
         <v>110</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="1">
         <v>-1.9E-3</v>
       </c>
       <c r="D102" s="2">
         <v>143.93</v>
       </c>
       <c r="E102" s="1">
         <v>8.9999999999999998E-4</v>
       </c>
       <c r="F102" s="2">
         <v>165.29</v>
       </c>
       <c r="G102" s="1">
         <v>2.9999999999999997E-4</v>
       </c>
       <c r="H102" s="2">
         <v>183.7</v>
       </c>
       <c r="I102" s="1">
@@ -7303,51 +7305,51 @@
       <c r="M102" s="1">
         <v>4.0500000000000001E-2</v>
       </c>
       <c r="N102" s="2">
         <v>169.55</v>
       </c>
       <c r="O102" s="1">
         <v>5.8999999999999999E-3</v>
       </c>
       <c r="P102" s="2">
         <v>133.91999999999999</v>
       </c>
       <c r="Q102" s="1">
         <v>6.3E-3</v>
       </c>
       <c r="R102" s="2">
         <v>148.27000000000001</v>
       </c>
       <c r="S102" s="1">
         <v>9.7000000000000003E-3</v>
       </c>
       <c r="T102" s="2">
         <v>164.9</v>
       </c>
     </row>
-    <row r="103" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="103" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A103" s="5" t="s">
         <v>111</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="1">
         <v>-9.1000000000000004E-3</v>
       </c>
       <c r="D103" s="2">
         <v>142.62</v>
       </c>
       <c r="E103" s="1">
         <v>-1.3299999999999999E-2</v>
       </c>
       <c r="F103" s="2">
         <v>163.09</v>
       </c>
       <c r="G103" s="1">
         <v>-1.37E-2</v>
       </c>
       <c r="H103" s="2">
         <v>181.19</v>
       </c>
       <c r="I103" s="1">
@@ -7365,51 +7367,51 @@
       <c r="M103" s="1">
         <v>-3.44E-2</v>
       </c>
       <c r="N103" s="2">
         <v>163.71</v>
       </c>
       <c r="O103" s="1">
         <v>-8.0999999999999996E-3</v>
       </c>
       <c r="P103" s="2">
         <v>132.83000000000001</v>
       </c>
       <c r="Q103" s="1">
         <v>-1.41E-2</v>
       </c>
       <c r="R103" s="2">
         <v>146.18</v>
       </c>
       <c r="S103" s="1">
         <v>-1.9800000000000002E-2</v>
       </c>
       <c r="T103" s="2">
         <v>161.63999999999999</v>
       </c>
     </row>
-    <row r="104" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="104" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A104" s="5" t="s">
         <v>112</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="1">
         <v>-9.1000000000000004E-3</v>
       </c>
       <c r="D104" s="2">
         <v>141.32</v>
       </c>
       <c r="E104" s="1">
         <v>-1.77E-2</v>
       </c>
       <c r="F104" s="2">
         <v>160.19999999999999</v>
       </c>
       <c r="G104" s="1">
         <v>-2.3800000000000002E-2</v>
       </c>
       <c r="H104" s="2">
         <v>176.87</v>
       </c>
       <c r="I104" s="1">
@@ -7427,51 +7429,51 @@
       <c r="M104" s="1">
         <v>-1.44E-2</v>
       </c>
       <c r="N104" s="2">
         <v>161.36000000000001</v>
       </c>
       <c r="O104" s="1">
         <v>-8.0000000000000002E-3</v>
       </c>
       <c r="P104" s="2">
         <v>131.77000000000001</v>
       </c>
       <c r="Q104" s="1">
         <v>-1.41E-2</v>
       </c>
       <c r="R104" s="2">
         <v>144.12</v>
       </c>
       <c r="S104" s="1">
         <v>-1.7399999999999999E-2</v>
       </c>
       <c r="T104" s="2">
         <v>158.83000000000001</v>
       </c>
     </row>
-    <row r="105" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="105" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A105" s="5" t="s">
         <v>113</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="1">
         <v>1.1599999999999999E-2</v>
       </c>
       <c r="D105" s="2">
         <v>142.96</v>
       </c>
       <c r="E105" s="1">
         <v>2.0199999999999999E-2</v>
       </c>
       <c r="F105" s="2">
         <v>163.44</v>
       </c>
       <c r="G105" s="1">
         <v>3.1199999999999999E-2</v>
       </c>
       <c r="H105" s="2">
         <v>182.39</v>
       </c>
       <c r="I105" s="1">
@@ -7489,51 +7491,51 @@
       <c r="M105" s="1">
         <v>1.15E-2</v>
       </c>
       <c r="N105" s="2">
         <v>163.21</v>
       </c>
       <c r="O105" s="1">
         <v>6.1000000000000004E-3</v>
       </c>
       <c r="P105" s="2">
         <v>132.57</v>
       </c>
       <c r="Q105" s="1">
         <v>1.5800000000000002E-2</v>
       </c>
       <c r="R105" s="2">
         <v>146.4</v>
       </c>
       <c r="S105" s="1">
         <v>2.6200000000000001E-2</v>
       </c>
       <c r="T105" s="2">
         <v>162.99</v>
       </c>
     </row>
-    <row r="106" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="106" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A106" s="5" t="s">
         <v>114</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="1">
         <v>7.3000000000000001E-3</v>
       </c>
       <c r="D106" s="2">
         <v>144</v>
       </c>
       <c r="E106" s="1">
         <v>1.52E-2</v>
       </c>
       <c r="F106" s="2">
         <v>165.92</v>
       </c>
       <c r="G106" s="1">
         <v>2.2700000000000001E-2</v>
       </c>
       <c r="H106" s="2">
         <v>186.53</v>
       </c>
       <c r="I106" s="1">
@@ -7551,51 +7553,51 @@
       <c r="M106" s="1">
         <v>-4.0000000000000002E-4</v>
       </c>
       <c r="N106" s="2">
         <v>163.15</v>
       </c>
       <c r="O106" s="1">
         <v>6.7000000000000002E-3</v>
       </c>
       <c r="P106" s="2">
         <v>133.46</v>
       </c>
       <c r="Q106" s="1">
         <v>1.2200000000000001E-2</v>
       </c>
       <c r="R106" s="2">
         <v>148.19</v>
       </c>
       <c r="S106" s="1">
         <v>2.24E-2</v>
       </c>
       <c r="T106" s="2">
         <v>166.64</v>
       </c>
     </row>
-    <row r="107" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="107" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A107" s="5" t="s">
         <v>115</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="1">
         <v>-1.6000000000000001E-3</v>
       </c>
       <c r="D107" s="2">
         <v>143.77000000000001</v>
       </c>
       <c r="E107" s="1">
         <v>-1.4E-3</v>
       </c>
       <c r="F107" s="2">
         <v>165.69</v>
       </c>
       <c r="G107" s="1">
         <v>8.0000000000000004E-4</v>
       </c>
       <c r="H107" s="2">
         <v>186.68</v>
       </c>
       <c r="I107" s="1">
@@ -7613,51 +7615,51 @@
       <c r="M107" s="1">
         <v>-3.5999999999999999E-3</v>
       </c>
       <c r="N107" s="2">
         <v>162.56</v>
       </c>
       <c r="O107" s="1">
         <v>-6.6E-3</v>
       </c>
       <c r="P107" s="2">
         <v>132.58000000000001</v>
       </c>
       <c r="Q107" s="1">
         <v>-4.1000000000000003E-3</v>
       </c>
       <c r="R107" s="2">
         <v>147.58000000000001</v>
       </c>
       <c r="S107" s="1">
         <v>-5.5999999999999999E-3</v>
       </c>
       <c r="T107" s="2">
         <v>165.71</v>
       </c>
     </row>
-    <row r="108" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="108" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A108" s="5" t="s">
         <v>116</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="1">
         <v>7.1999999999999998E-3</v>
       </c>
       <c r="D108" s="2">
         <v>144.81</v>
       </c>
       <c r="E108" s="1">
         <v>1.2200000000000001E-2</v>
       </c>
       <c r="F108" s="2">
         <v>167.71</v>
       </c>
       <c r="G108" s="1">
         <v>1.67E-2</v>
       </c>
       <c r="H108" s="2">
         <v>189.8</v>
       </c>
       <c r="I108" s="1">
@@ -7675,51 +7677,51 @@
       <c r="M108" s="1">
         <v>2.0500000000000001E-2</v>
       </c>
       <c r="N108" s="2">
         <v>165.89</v>
       </c>
       <c r="O108" s="1">
         <v>4.8999999999999998E-3</v>
       </c>
       <c r="P108" s="2">
         <v>133.22999999999999</v>
       </c>
       <c r="Q108" s="1">
         <v>9.9000000000000008E-3</v>
       </c>
       <c r="R108" s="2">
         <v>149.04</v>
       </c>
       <c r="S108" s="1">
         <v>1.5900000000000001E-2</v>
       </c>
       <c r="T108" s="2">
         <v>168.34</v>
       </c>
     </row>
-    <row r="109" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="109" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A109" s="5" t="s">
         <v>117</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="1">
         <v>8.0000000000000004E-4</v>
       </c>
       <c r="D109" s="2">
         <v>144.93</v>
       </c>
       <c r="E109" s="1">
         <v>2E-3</v>
       </c>
       <c r="F109" s="2">
         <v>168.05</v>
       </c>
       <c r="G109" s="1">
         <v>4.4999999999999997E-3</v>
       </c>
       <c r="H109" s="2">
         <v>190.65</v>
       </c>
       <c r="I109" s="1">
@@ -7737,51 +7739,51 @@
       <c r="M109" s="1">
         <v>2.8999999999999998E-3</v>
       </c>
       <c r="N109" s="2">
         <v>166.37</v>
       </c>
       <c r="O109" s="1">
         <v>-1E-4</v>
       </c>
       <c r="P109" s="2">
         <v>133.22</v>
       </c>
       <c r="Q109" s="1">
         <v>8.0000000000000004E-4</v>
       </c>
       <c r="R109" s="2">
         <v>149.16</v>
       </c>
       <c r="S109" s="1">
         <v>6.9999999999999999E-4</v>
       </c>
       <c r="T109" s="2">
         <v>168.46</v>
       </c>
     </row>
-    <row r="110" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="110" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A110" s="5" t="s">
         <v>118</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="1">
         <v>-2.0999999999999999E-3</v>
       </c>
       <c r="D110" s="2">
         <v>144.62</v>
       </c>
       <c r="E110" s="1">
         <v>-1.5E-3</v>
       </c>
       <c r="F110" s="2">
         <v>167.79</v>
       </c>
       <c r="G110" s="1">
         <v>-2.0999999999999999E-3</v>
       </c>
       <c r="H110" s="2">
         <v>190.25</v>
       </c>
       <c r="I110" s="1">
@@ -7799,51 +7801,51 @@
       <c r="M110" s="1">
         <v>4.3E-3</v>
       </c>
       <c r="N110" s="2">
         <v>167.09</v>
       </c>
       <c r="O110" s="1">
         <v>4.0000000000000002E-4</v>
       </c>
       <c r="P110" s="2">
         <v>133.27000000000001</v>
       </c>
       <c r="Q110" s="1">
         <v>1E-3</v>
       </c>
       <c r="R110" s="2">
         <v>149.31</v>
       </c>
       <c r="S110" s="1">
         <v>3.7000000000000002E-3</v>
       </c>
       <c r="T110" s="2">
         <v>169.08</v>
       </c>
     </row>
-    <row r="111" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="111" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A111" s="5" t="s">
         <v>119</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="1">
         <v>-2.1299999999999999E-2</v>
       </c>
       <c r="D111" s="2">
         <v>141.54</v>
       </c>
       <c r="E111" s="1">
         <v>-3.4799999999999998E-2</v>
       </c>
       <c r="F111" s="2">
         <v>161.94999999999999</v>
       </c>
       <c r="G111" s="1">
         <v>-4.8899999999999999E-2</v>
       </c>
       <c r="H111" s="2">
         <v>180.95</v>
       </c>
       <c r="I111" s="1">
@@ -7861,51 +7863,51 @@
       <c r="M111" s="1">
         <v>-6.0299999999999999E-2</v>
       </c>
       <c r="N111" s="2">
         <v>157.01</v>
       </c>
       <c r="O111" s="1">
         <v>-1.95E-2</v>
       </c>
       <c r="P111" s="2">
         <v>130.66999999999999</v>
       </c>
       <c r="Q111" s="1">
         <v>-3.1E-2</v>
       </c>
       <c r="R111" s="2">
         <v>144.68</v>
       </c>
       <c r="S111" s="1">
         <v>-4.53E-2</v>
       </c>
       <c r="T111" s="2">
         <v>161.41999999999999</v>
       </c>
     </row>
-    <row r="112" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="112" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A112" s="5" t="s">
         <v>120</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="1">
         <v>-1.1000000000000001E-3</v>
       </c>
       <c r="D112" s="2">
         <v>141.38</v>
       </c>
       <c r="E112" s="1">
         <v>2.0999999999999999E-3</v>
       </c>
       <c r="F112" s="2">
         <v>162.29</v>
       </c>
       <c r="G112" s="1">
         <v>6.7999999999999996E-3</v>
       </c>
       <c r="H112" s="2">
         <v>182.18</v>
       </c>
       <c r="I112" s="1">
@@ -7923,51 +7925,51 @@
       <c r="M112" s="1">
         <v>1.0699999999999999E-2</v>
       </c>
       <c r="N112" s="2">
         <v>158.69</v>
       </c>
       <c r="O112" s="1">
         <v>1E-4</v>
       </c>
       <c r="P112" s="2">
         <v>130.68</v>
       </c>
       <c r="Q112" s="1">
         <v>8.0000000000000004E-4</v>
       </c>
       <c r="R112" s="2">
         <v>144.79</v>
       </c>
       <c r="S112" s="1">
         <v>5.1999999999999998E-3</v>
       </c>
       <c r="T112" s="2">
         <v>162.26</v>
       </c>
     </row>
-    <row r="113" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="113" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A113" s="5" t="s">
         <v>121</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="1">
         <v>-1.6E-2</v>
       </c>
       <c r="D113" s="2">
         <v>139.12</v>
       </c>
       <c r="E113" s="1">
         <v>-0.03</v>
       </c>
       <c r="F113" s="2">
         <v>157.43</v>
       </c>
       <c r="G113" s="1">
         <v>-4.3999999999999997E-2</v>
       </c>
       <c r="H113" s="2">
         <v>174.16</v>
       </c>
       <c r="I113" s="1">
@@ -7985,51 +7987,51 @@
       <c r="M113" s="1">
         <v>-5.2600000000000001E-2</v>
       </c>
       <c r="N113" s="2">
         <v>150.35</v>
       </c>
       <c r="O113" s="1">
         <v>-2.3599999999999999E-2</v>
       </c>
       <c r="P113" s="2">
         <v>127.6</v>
       </c>
       <c r="Q113" s="1">
         <v>-3.8399999999999997E-2</v>
       </c>
       <c r="R113" s="2">
         <v>139.22999999999999</v>
       </c>
       <c r="S113" s="1">
         <v>-5.4699999999999999E-2</v>
       </c>
       <c r="T113" s="2">
         <v>153.38999999999999</v>
       </c>
     </row>
-    <row r="114" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="114" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A114" s="5" t="s">
         <v>122</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="1">
         <v>1.8700000000000001E-2</v>
       </c>
       <c r="D114" s="2">
         <v>141.72</v>
       </c>
       <c r="E114" s="1">
         <v>2.7E-2</v>
       </c>
       <c r="F114" s="2">
         <v>161.68</v>
       </c>
       <c r="G114" s="1">
         <v>3.5000000000000003E-2</v>
       </c>
       <c r="H114" s="2">
         <v>180.25</v>
       </c>
       <c r="I114" s="1">
@@ -8047,51 +8049,51 @@
       <c r="M114" s="1">
         <v>5.8400000000000001E-2</v>
       </c>
       <c r="N114" s="2">
         <v>159.12</v>
       </c>
       <c r="O114" s="1">
         <v>2.3900000000000001E-2</v>
       </c>
       <c r="P114" s="2">
         <v>130.65</v>
       </c>
       <c r="Q114" s="1">
         <v>3.8199999999999998E-2</v>
       </c>
       <c r="R114" s="2">
         <v>144.55000000000001</v>
       </c>
       <c r="S114" s="1">
         <v>5.4699999999999999E-2</v>
       </c>
       <c r="T114" s="2">
         <v>161.78</v>
       </c>
     </row>
-    <row r="115" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="115" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A115" s="5" t="s">
         <v>123</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="1">
         <v>7.3000000000000001E-3</v>
       </c>
       <c r="D115" s="2">
         <v>142.75</v>
       </c>
       <c r="E115" s="1">
         <v>1.0699999999999999E-2</v>
       </c>
       <c r="F115" s="2">
         <v>163.41</v>
       </c>
       <c r="G115" s="1">
         <v>1.4500000000000001E-2</v>
       </c>
       <c r="H115" s="2">
         <v>182.86</v>
       </c>
       <c r="I115" s="1">
@@ -8109,51 +8111,51 @@
       <c r="M115" s="1">
         <v>2.3699999999999999E-2</v>
       </c>
       <c r="N115" s="2">
         <v>162.9</v>
       </c>
       <c r="O115" s="1">
         <v>9.7000000000000003E-3</v>
       </c>
       <c r="P115" s="2">
         <v>131.91</v>
       </c>
       <c r="Q115" s="1">
         <v>1.6899999999999998E-2</v>
       </c>
       <c r="R115" s="2">
         <v>146.99</v>
       </c>
       <c r="S115" s="1">
         <v>2.8500000000000001E-2</v>
       </c>
       <c r="T115" s="2">
         <v>166.38</v>
       </c>
     </row>
-    <row r="116" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="116" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A116" s="5" t="s">
         <v>124</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="1">
         <v>1.37E-2</v>
       </c>
       <c r="D116" s="2">
         <v>144.69999999999999</v>
       </c>
       <c r="E116" s="1">
         <v>1.7000000000000001E-2</v>
       </c>
       <c r="F116" s="2">
         <v>166.19</v>
       </c>
       <c r="G116" s="1">
         <v>2.1700000000000001E-2</v>
       </c>
       <c r="H116" s="2">
         <v>186.83</v>
       </c>
       <c r="I116" s="1">
@@ -8171,51 +8173,51 @@
       <c r="M116" s="1">
         <v>1.0200000000000001E-2</v>
       </c>
       <c r="N116" s="2">
         <v>164.56</v>
       </c>
       <c r="O116" s="1">
         <v>1.6500000000000001E-2</v>
       </c>
       <c r="P116" s="2">
         <v>134.08000000000001</v>
       </c>
       <c r="Q116" s="1">
         <v>1.9699999999999999E-2</v>
       </c>
       <c r="R116" s="2">
         <v>149.88</v>
       </c>
       <c r="S116" s="1">
         <v>1.7600000000000001E-2</v>
       </c>
       <c r="T116" s="2">
         <v>169.32</v>
       </c>
     </row>
-    <row r="117" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="117" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A117" s="5" t="s">
         <v>125</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="1">
         <v>1.04E-2</v>
       </c>
       <c r="D117" s="2">
         <v>146.19999999999999</v>
       </c>
       <c r="E117" s="1">
         <v>1.9300000000000001E-2</v>
       </c>
       <c r="F117" s="2">
         <v>169.4</v>
       </c>
       <c r="G117" s="1">
         <v>2.6599999999999999E-2</v>
       </c>
       <c r="H117" s="2">
         <v>191.8</v>
       </c>
       <c r="I117" s="1">
@@ -8233,51 +8235,51 @@
       <c r="M117" s="1">
         <v>2.53E-2</v>
       </c>
       <c r="N117" s="2">
         <v>168.71</v>
       </c>
       <c r="O117" s="1">
         <v>9.4000000000000004E-3</v>
       </c>
       <c r="P117" s="2">
         <v>135.35</v>
       </c>
       <c r="Q117" s="1">
         <v>1.6199999999999999E-2</v>
       </c>
       <c r="R117" s="2">
         <v>152.30000000000001</v>
       </c>
       <c r="S117" s="1">
         <v>2.1299999999999999E-2</v>
       </c>
       <c r="T117" s="2">
         <v>172.92</v>
       </c>
     </row>
-    <row r="118" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="118" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A118" s="5" t="s">
         <v>126</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="1">
         <v>-3.3999999999999998E-3</v>
       </c>
       <c r="D118" s="2">
         <v>145.69999999999999</v>
       </c>
       <c r="E118" s="1">
         <v>-1.14E-2</v>
       </c>
       <c r="F118" s="2">
         <v>167.46</v>
       </c>
       <c r="G118" s="1">
         <v>-1.77E-2</v>
       </c>
       <c r="H118" s="2">
         <v>188.41</v>
       </c>
       <c r="I118" s="1">
@@ -8295,51 +8297,51 @@
       <c r="M118" s="1">
         <v>-3.9600000000000003E-2</v>
       </c>
       <c r="N118" s="2">
         <v>162.04</v>
       </c>
       <c r="O118" s="1">
         <v>-1.18E-2</v>
       </c>
       <c r="P118" s="2">
         <v>133.75</v>
       </c>
       <c r="Q118" s="1">
         <v>-2.41E-2</v>
       </c>
       <c r="R118" s="2">
         <v>148.63</v>
       </c>
       <c r="S118" s="1">
         <v>-3.5400000000000001E-2</v>
       </c>
       <c r="T118" s="2">
         <v>166.79</v>
       </c>
     </row>
-    <row r="119" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="119" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A119" s="5" t="s">
         <v>127</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="1">
         <v>1.77E-2</v>
       </c>
       <c r="D119" s="2">
         <v>148.28</v>
       </c>
       <c r="E119" s="1">
         <v>2.6700000000000002E-2</v>
       </c>
       <c r="F119" s="2">
         <v>171.93</v>
       </c>
       <c r="G119" s="1">
         <v>3.3500000000000002E-2</v>
       </c>
       <c r="H119" s="2">
         <v>194.73</v>
       </c>
       <c r="I119" s="1">
@@ -8357,51 +8359,51 @@
       <c r="M119" s="1">
         <v>4.5199999999999997E-2</v>
       </c>
       <c r="N119" s="2">
         <v>169.36</v>
       </c>
       <c r="O119" s="1">
         <v>1.3599999999999999E-2</v>
       </c>
       <c r="P119" s="2">
         <v>135.57</v>
       </c>
       <c r="Q119" s="1">
         <v>2.2599999999999999E-2</v>
       </c>
       <c r="R119" s="2">
         <v>151.99</v>
       </c>
       <c r="S119" s="1">
         <v>2.8299999999999999E-2</v>
       </c>
       <c r="T119" s="2">
         <v>171.51</v>
       </c>
     </row>
-    <row r="120" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="120" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A120" s="5" t="s">
         <v>128</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="1">
         <v>1.5100000000000001E-2</v>
       </c>
       <c r="D120" s="2">
         <v>150.52000000000001</v>
       </c>
       <c r="E120" s="1">
         <v>2.2599999999999999E-2</v>
       </c>
       <c r="F120" s="2">
         <v>175.81</v>
       </c>
       <c r="G120" s="1">
         <v>3.0499999999999999E-2</v>
       </c>
       <c r="H120" s="2">
         <v>200.67</v>
       </c>
       <c r="I120" s="1">
@@ -8419,51 +8421,51 @@
       <c r="M120" s="1">
         <v>7.4999999999999997E-3</v>
       </c>
       <c r="N120" s="2">
         <v>170.64</v>
       </c>
       <c r="O120" s="1">
         <v>9.4000000000000004E-3</v>
       </c>
       <c r="P120" s="2">
         <v>136.84</v>
       </c>
       <c r="Q120" s="1">
         <v>1.2800000000000001E-2</v>
       </c>
       <c r="R120" s="2">
         <v>153.94999999999999</v>
       </c>
       <c r="S120" s="1">
         <v>1.4E-2</v>
       </c>
       <c r="T120" s="2">
         <v>173.91</v>
       </c>
     </row>
-    <row r="121" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="121" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A121" s="5" t="s">
         <v>129</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="1">
         <v>-8.9999999999999998E-4</v>
       </c>
       <c r="D121" s="2">
         <v>150.38999999999999</v>
       </c>
       <c r="E121" s="1">
         <v>-9.7999999999999997E-3</v>
       </c>
       <c r="F121" s="2">
         <v>174.08</v>
       </c>
       <c r="G121" s="1">
         <v>-2.1499999999999998E-2</v>
       </c>
       <c r="H121" s="2">
         <v>196.36</v>
       </c>
       <c r="I121" s="1">
@@ -8481,51 +8483,51 @@
       <c r="M121" s="1">
         <v>-1.7100000000000001E-2</v>
       </c>
       <c r="N121" s="2">
         <v>167.72</v>
       </c>
       <c r="O121" s="1">
         <v>1.6999999999999999E-3</v>
       </c>
       <c r="P121" s="2">
         <v>137.08000000000001</v>
       </c>
       <c r="Q121" s="1">
         <v>-3.7000000000000002E-3</v>
       </c>
       <c r="R121" s="2">
         <v>153.37</v>
       </c>
       <c r="S121" s="1">
         <v>-8.3000000000000001E-3</v>
       </c>
       <c r="T121" s="2">
         <v>172.46</v>
       </c>
     </row>
-    <row r="122" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="122" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A122" s="5" t="s">
         <v>130</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="1">
         <v>2.5999999999999999E-3</v>
       </c>
       <c r="D122" s="2">
         <v>150.78</v>
       </c>
       <c r="E122" s="1">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="F122" s="2">
         <v>174.78</v>
       </c>
       <c r="G122" s="1">
         <v>9.2999999999999992E-3</v>
       </c>
       <c r="H122" s="2">
         <v>198.18</v>
       </c>
       <c r="I122" s="1">
@@ -8543,51 +8545,51 @@
       <c r="M122" s="1">
         <v>1.26E-2</v>
       </c>
       <c r="N122" s="2">
         <v>169.83</v>
       </c>
       <c r="O122" s="1">
         <v>3.5000000000000001E-3</v>
       </c>
       <c r="P122" s="2">
         <v>137.55000000000001</v>
       </c>
       <c r="Q122" s="1">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="R122" s="2">
         <v>155.07</v>
       </c>
       <c r="S122" s="1">
         <v>1.8200000000000001E-2</v>
       </c>
       <c r="T122" s="2">
         <v>175.6</v>
       </c>
     </row>
-    <row r="123" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="123" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A123" s="5" t="s">
         <v>131</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="1">
         <v>-6.4999999999999997E-3</v>
       </c>
       <c r="D123" s="2">
         <v>149.81</v>
       </c>
       <c r="E123" s="1">
         <v>-1.0699999999999999E-2</v>
       </c>
       <c r="F123" s="2">
         <v>172.91</v>
       </c>
       <c r="G123" s="1">
         <v>-1.3599999999999999E-2</v>
       </c>
       <c r="H123" s="2">
         <v>195.48</v>
       </c>
       <c r="I123" s="1">
@@ -8605,51 +8607,51 @@
       <c r="M123" s="1">
         <v>1.9199999999999998E-2</v>
       </c>
       <c r="N123" s="2">
         <v>173.09</v>
       </c>
       <c r="O123" s="1">
         <v>-2.0000000000000001E-4</v>
       </c>
       <c r="P123" s="2">
         <v>137.52000000000001</v>
       </c>
       <c r="Q123" s="1">
         <v>2E-3</v>
       </c>
       <c r="R123" s="2">
         <v>155.37</v>
       </c>
       <c r="S123" s="1">
         <v>-1.5E-3</v>
       </c>
       <c r="T123" s="2">
         <v>175.34</v>
       </c>
     </row>
-    <row r="124" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="124" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A124" s="5" t="s">
         <v>132</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="1">
         <v>6.7000000000000002E-3</v>
       </c>
       <c r="D124" s="2">
         <v>150.81</v>
       </c>
       <c r="E124" s="1">
         <v>1.46E-2</v>
       </c>
       <c r="F124" s="2">
         <v>175.43</v>
       </c>
       <c r="G124" s="1">
         <v>2.2100000000000002E-2</v>
       </c>
       <c r="H124" s="2">
         <v>199.79</v>
       </c>
       <c r="I124" s="1">
@@ -8667,51 +8669,51 @@
       <c r="M124" s="1">
         <v>2.06E-2</v>
       </c>
       <c r="N124" s="2">
         <v>176.66</v>
       </c>
       <c r="O124" s="1">
         <v>7.6E-3</v>
       </c>
       <c r="P124" s="2">
         <v>138.57</v>
       </c>
       <c r="Q124" s="1">
         <v>1.7600000000000001E-2</v>
       </c>
       <c r="R124" s="2">
         <v>158.11000000000001</v>
       </c>
       <c r="S124" s="1">
         <v>2.5399999999999999E-2</v>
       </c>
       <c r="T124" s="2">
         <v>179.79</v>
       </c>
     </row>
-    <row r="125" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="125" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A125" s="5" t="s">
         <v>133</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="1">
         <v>8.0999999999999996E-3</v>
       </c>
       <c r="D125" s="2">
         <v>152.02000000000001</v>
       </c>
       <c r="E125" s="1">
         <v>1.2800000000000001E-2</v>
       </c>
       <c r="F125" s="2">
         <v>177.67</v>
       </c>
       <c r="G125" s="1">
         <v>1.66E-2</v>
       </c>
       <c r="H125" s="2">
         <v>203.11</v>
       </c>
       <c r="I125" s="1">
@@ -8729,51 +8731,51 @@
       <c r="M125" s="1">
         <v>2.7699999999999999E-2</v>
       </c>
       <c r="N125" s="2">
         <v>181.56</v>
       </c>
       <c r="O125" s="1">
         <v>4.7999999999999996E-3</v>
       </c>
       <c r="P125" s="2">
         <v>139.22999999999999</v>
       </c>
       <c r="Q125" s="1">
         <v>1.15E-2</v>
       </c>
       <c r="R125" s="2">
         <v>159.91999999999999</v>
       </c>
       <c r="S125" s="1">
         <v>1.4800000000000001E-2</v>
       </c>
       <c r="T125" s="2">
         <v>182.46</v>
       </c>
     </row>
-    <row r="126" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="126" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A126" s="5" t="s">
         <v>134</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="1">
         <v>3.3999999999999998E-3</v>
       </c>
       <c r="D126" s="2">
         <v>152.54</v>
       </c>
       <c r="E126" s="1">
         <v>-3.3E-3</v>
       </c>
       <c r="F126" s="2">
         <v>177.08</v>
       </c>
       <c r="G126" s="1">
         <v>-1.0200000000000001E-2</v>
       </c>
       <c r="H126" s="2">
         <v>201.03</v>
       </c>
       <c r="I126" s="1">
@@ -8791,51 +8793,51 @@
       <c r="M126" s="1">
         <v>-5.4000000000000003E-3</v>
       </c>
       <c r="N126" s="2">
         <v>180.58</v>
       </c>
       <c r="O126" s="1">
         <v>7.0000000000000001E-3</v>
       </c>
       <c r="P126" s="2">
         <v>140.21</v>
       </c>
       <c r="Q126" s="1">
         <v>4.3E-3</v>
       </c>
       <c r="R126" s="2">
         <v>160.61000000000001</v>
       </c>
       <c r="S126" s="1">
         <v>2.2000000000000001E-3</v>
       </c>
       <c r="T126" s="2">
         <v>182.86</v>
       </c>
     </row>
-    <row r="127" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="127" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A127" s="5" t="s">
         <v>135</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="1">
         <v>-2.0299999999999999E-2</v>
       </c>
       <c r="D127" s="2">
         <v>149.44</v>
       </c>
       <c r="E127" s="1">
         <v>-3.8699999999999998E-2</v>
       </c>
       <c r="F127" s="2">
         <v>170.22</v>
       </c>
       <c r="G127" s="1">
         <v>-5.62E-2</v>
       </c>
       <c r="H127" s="2">
         <v>189.74</v>
       </c>
       <c r="I127" s="1">
@@ -8853,51 +8855,51 @@
       <c r="M127" s="1">
         <v>-6.3299999999999995E-2</v>
       </c>
       <c r="N127" s="2">
         <v>169.16</v>
       </c>
       <c r="O127" s="1">
         <v>-2.1600000000000001E-2</v>
       </c>
       <c r="P127" s="2">
         <v>137.19</v>
       </c>
       <c r="Q127" s="1">
         <v>-3.9899999999999998E-2</v>
       </c>
       <c r="R127" s="2">
         <v>154.21</v>
       </c>
       <c r="S127" s="1">
         <v>-5.8299999999999998E-2</v>
       </c>
       <c r="T127" s="2">
         <v>172.2</v>
       </c>
     </row>
-    <row r="128" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="128" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A128" s="5" t="s">
         <v>136</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="1">
         <v>-7.5499999999999998E-2</v>
       </c>
       <c r="D128" s="2">
         <v>138.16</v>
       </c>
       <c r="E128" s="1">
         <v>-8.9700000000000002E-2</v>
       </c>
       <c r="F128" s="2">
         <v>154.96</v>
       </c>
       <c r="G128" s="1">
         <v>-0.11070000000000001</v>
       </c>
       <c r="H128" s="2">
         <v>168.74</v>
       </c>
       <c r="I128" s="1">
@@ -8915,51 +8917,51 @@
       <c r="M128" s="1">
         <v>-0.1129</v>
       </c>
       <c r="N128" s="2">
         <v>150.06</v>
       </c>
       <c r="O128" s="1">
         <v>-8.5000000000000006E-2</v>
       </c>
       <c r="P128" s="2">
         <v>125.53</v>
       </c>
       <c r="Q128" s="1">
         <v>-9.7299999999999998E-2</v>
       </c>
       <c r="R128" s="2">
         <v>139.22</v>
       </c>
       <c r="S128" s="1">
         <v>-0.12709999999999999</v>
       </c>
       <c r="T128" s="2">
         <v>150.32</v>
       </c>
     </row>
-    <row r="129" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="129" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A129" s="5" t="s">
         <v>137</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="1">
         <v>3.9E-2</v>
       </c>
       <c r="D129" s="2">
         <v>143.55000000000001</v>
       </c>
       <c r="E129" s="1">
         <v>5.5800000000000002E-2</v>
       </c>
       <c r="F129" s="2">
         <v>163.61000000000001</v>
       </c>
       <c r="G129" s="1">
         <v>7.46E-2</v>
       </c>
       <c r="H129" s="2">
         <v>181.32</v>
       </c>
       <c r="I129" s="1">
@@ -8977,51 +8979,51 @@
       <c r="M129" s="1">
         <v>8.7599999999999997E-2</v>
       </c>
       <c r="N129" s="2">
         <v>163.19999999999999</v>
       </c>
       <c r="O129" s="1">
         <v>4.3700000000000003E-2</v>
       </c>
       <c r="P129" s="2">
         <v>131.01</v>
       </c>
       <c r="Q129" s="1">
         <v>6.3299999999999995E-2</v>
       </c>
       <c r="R129" s="2">
         <v>148.03</v>
       </c>
       <c r="S129" s="1">
         <v>8.2799999999999999E-2</v>
       </c>
       <c r="T129" s="2">
         <v>162.77000000000001</v>
       </c>
     </row>
-    <row r="130" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="130" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A130" s="5" t="s">
         <v>138</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="1">
         <v>2.3300000000000001E-2</v>
       </c>
       <c r="D130" s="2">
         <v>146.9</v>
       </c>
       <c r="E130" s="1">
         <v>3.3300000000000003E-2</v>
       </c>
       <c r="F130" s="2">
         <v>169.05</v>
       </c>
       <c r="G130" s="1">
         <v>4.4499999999999998E-2</v>
       </c>
       <c r="H130" s="2">
         <v>189.4</v>
       </c>
       <c r="I130" s="1">
@@ -9039,51 +9041,51 @@
       <c r="M130" s="1">
         <v>3.3799999999999997E-2</v>
       </c>
       <c r="N130" s="2">
         <v>168.72</v>
       </c>
       <c r="O130" s="1">
         <v>1.5900000000000001E-2</v>
       </c>
       <c r="P130" s="2">
         <v>133.09</v>
       </c>
       <c r="Q130" s="1">
         <v>1.83E-2</v>
       </c>
       <c r="R130" s="2">
         <v>150.74</v>
       </c>
       <c r="S130" s="1">
         <v>2.4400000000000002E-2</v>
       </c>
       <c r="T130" s="2">
         <v>166.74</v>
       </c>
     </row>
-    <row r="131" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="131" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A131" s="5" t="s">
         <v>139</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="1">
         <v>1.2500000000000001E-2</v>
       </c>
       <c r="D131" s="2">
         <v>148.74</v>
       </c>
       <c r="E131" s="1">
         <v>1.66E-2</v>
       </c>
       <c r="F131" s="2">
         <v>171.86</v>
       </c>
       <c r="G131" s="1">
         <v>2.0500000000000001E-2</v>
       </c>
       <c r="H131" s="2">
         <v>193.29</v>
       </c>
       <c r="I131" s="1">
@@ -9101,51 +9103,51 @@
       <c r="M131" s="1">
         <v>2.23E-2</v>
       </c>
       <c r="N131" s="2">
         <v>172.48</v>
       </c>
       <c r="O131" s="1">
         <v>1.26E-2</v>
       </c>
       <c r="P131" s="2">
         <v>134.76</v>
       </c>
       <c r="Q131" s="1">
         <v>1.4500000000000001E-2</v>
       </c>
       <c r="R131" s="2">
         <v>152.93</v>
       </c>
       <c r="S131" s="1">
         <v>1.54E-2</v>
       </c>
       <c r="T131" s="2">
         <v>169.3</v>
       </c>
     </row>
-    <row r="132" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="132" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A132" s="5" t="s">
         <v>140</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="1">
         <v>3.8999999999999998E-3</v>
       </c>
       <c r="D132" s="2">
         <v>149.32</v>
       </c>
       <c r="E132" s="1">
         <v>1E-4</v>
       </c>
       <c r="F132" s="2">
         <v>171.87</v>
       </c>
       <c r="G132" s="1">
         <v>-5.1000000000000004E-3</v>
       </c>
       <c r="H132" s="2">
         <v>192.3</v>
       </c>
       <c r="I132" s="1">
@@ -9163,51 +9165,51 @@
       <c r="M132" s="1">
         <v>4.5999999999999999E-2</v>
       </c>
       <c r="N132" s="2">
         <v>180.41</v>
       </c>
       <c r="O132" s="1">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="P132" s="2">
         <v>136.24</v>
       </c>
       <c r="Q132" s="1">
         <v>8.5000000000000006E-3</v>
       </c>
       <c r="R132" s="2">
         <v>154.22999999999999</v>
       </c>
       <c r="S132" s="1">
         <v>5.8999999999999999E-3</v>
       </c>
       <c r="T132" s="2">
         <v>170.3</v>
       </c>
     </row>
-    <row r="133" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="133" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A133" s="5" t="s">
         <v>141</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="1">
         <v>7.0000000000000001E-3</v>
       </c>
       <c r="D133" s="2">
         <v>150.36000000000001</v>
       </c>
       <c r="E133" s="1">
         <v>1.6799999999999999E-2</v>
       </c>
       <c r="F133" s="2">
         <v>174.76</v>
       </c>
       <c r="G133" s="1">
         <v>2.81E-2</v>
       </c>
       <c r="H133" s="2">
         <v>197.71</v>
       </c>
       <c r="I133" s="1">
@@ -9225,51 +9227,51 @@
       <c r="M133" s="1">
         <v>4.1399999999999999E-2</v>
       </c>
       <c r="N133" s="2">
         <v>187.87</v>
       </c>
       <c r="O133" s="1">
         <v>1.0699999999999999E-2</v>
       </c>
       <c r="P133" s="2">
         <v>137.69</v>
       </c>
       <c r="Q133" s="1">
         <v>2.1000000000000001E-2</v>
       </c>
       <c r="R133" s="2">
         <v>157.47</v>
       </c>
       <c r="S133" s="1">
         <v>2.8299999999999999E-2</v>
       </c>
       <c r="T133" s="2">
         <v>175.12</v>
       </c>
     </row>
-    <row r="134" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="134" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A134" s="5" t="s">
         <v>142</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="1">
         <v>1E-4</v>
       </c>
       <c r="D134" s="2">
         <v>150.37</v>
       </c>
       <c r="E134" s="1">
         <v>1E-4</v>
       </c>
       <c r="F134" s="2">
         <v>174.78</v>
       </c>
       <c r="G134" s="1">
         <v>1.4E-3</v>
       </c>
       <c r="H134" s="2">
         <v>197.99</v>
       </c>
       <c r="I134" s="1">
@@ -9287,51 +9289,51 @@
       <c r="M134" s="1">
         <v>-1.8499999999999999E-2</v>
       </c>
       <c r="N134" s="2">
         <v>184.4</v>
       </c>
       <c r="O134" s="1">
         <v>-3.3E-3</v>
       </c>
       <c r="P134" s="2">
         <v>137.24</v>
       </c>
       <c r="Q134" s="1">
         <v>-7.0000000000000001E-3</v>
       </c>
       <c r="R134" s="2">
         <v>156.37</v>
       </c>
       <c r="S134" s="1">
         <v>-4.4999999999999997E-3</v>
       </c>
       <c r="T134" s="2">
         <v>174.32</v>
       </c>
     </row>
-    <row r="135" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="135" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A135" s="5" t="s">
         <v>143</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="1">
         <v>-8.8999999999999999E-3</v>
       </c>
       <c r="D135" s="2">
         <v>149.04</v>
       </c>
       <c r="E135" s="1">
         <v>-1.4999999999999999E-2</v>
       </c>
       <c r="F135" s="2">
         <v>172.16</v>
       </c>
       <c r="G135" s="1">
         <v>-1.9900000000000001E-2</v>
       </c>
       <c r="H135" s="2">
         <v>194.05</v>
       </c>
       <c r="I135" s="1">
@@ -9349,51 +9351,51 @@
       <c r="M135" s="1">
         <v>-1.4800000000000001E-2</v>
       </c>
       <c r="N135" s="2">
         <v>181.67</v>
       </c>
       <c r="O135" s="1">
         <v>-3.2000000000000002E-3</v>
       </c>
       <c r="P135" s="2">
         <v>136.80000000000001</v>
       </c>
       <c r="Q135" s="1">
         <v>-9.4999999999999998E-3</v>
       </c>
       <c r="R135" s="2">
         <v>154.88</v>
       </c>
       <c r="S135" s="1">
         <v>-1.47E-2</v>
       </c>
       <c r="T135" s="2">
         <v>171.76</v>
       </c>
     </row>
-    <row r="136" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="136" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A136" s="5" t="s">
         <v>144</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="1">
         <v>3.4000000000000002E-2</v>
       </c>
       <c r="D136" s="2">
         <v>154.11000000000001</v>
       </c>
       <c r="E136" s="1">
         <v>5.5899999999999998E-2</v>
       </c>
       <c r="F136" s="2">
         <v>181.78</v>
       </c>
       <c r="G136" s="1">
         <v>7.5600000000000001E-2</v>
       </c>
       <c r="H136" s="2">
         <v>208.72</v>
       </c>
       <c r="I136" s="1">
@@ -9411,51 +9413,51 @@
       <c r="M136" s="1">
         <v>9.0399999999999994E-2</v>
       </c>
       <c r="N136" s="2">
         <v>198.09</v>
       </c>
       <c r="O136" s="1">
         <v>3.1099999999999999E-2</v>
       </c>
       <c r="P136" s="2">
         <v>141.06</v>
       </c>
       <c r="Q136" s="1">
         <v>5.3600000000000002E-2</v>
       </c>
       <c r="R136" s="2">
         <v>163.18</v>
       </c>
       <c r="S136" s="1">
         <v>7.2499999999999995E-2</v>
       </c>
       <c r="T136" s="2">
         <v>184.22</v>
       </c>
     </row>
-    <row r="137" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="137" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A137" s="5" t="s">
         <v>145</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="1">
         <v>1.2999999999999999E-2</v>
       </c>
       <c r="D137" s="2">
         <v>156.1</v>
       </c>
       <c r="E137" s="1">
         <v>0.02</v>
       </c>
       <c r="F137" s="2">
         <v>185.42</v>
       </c>
       <c r="G137" s="1">
         <v>2.7199999999999998E-2</v>
       </c>
       <c r="H137" s="2">
         <v>214.41</v>
       </c>
       <c r="I137" s="1">
@@ -9473,51 +9475,51 @@
       <c r="M137" s="1">
         <v>3.6900000000000002E-2</v>
       </c>
       <c r="N137" s="2">
         <v>205.4</v>
       </c>
       <c r="O137" s="1">
         <v>9.1000000000000004E-3</v>
       </c>
       <c r="P137" s="2">
         <v>142.34</v>
       </c>
       <c r="Q137" s="1">
         <v>1.72E-2</v>
       </c>
       <c r="R137" s="2">
         <v>166</v>
       </c>
       <c r="S137" s="1">
         <v>1.9400000000000001E-2</v>
       </c>
       <c r="T137" s="2">
         <v>187.8</v>
       </c>
     </row>
-    <row r="138" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="138" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A138" s="5" t="s">
         <v>146</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="1">
         <v>-6.0000000000000001E-3</v>
       </c>
       <c r="D138" s="2">
         <v>155.16</v>
       </c>
       <c r="E138" s="1">
         <v>-6.4000000000000003E-3</v>
       </c>
       <c r="F138" s="2">
         <v>184.24</v>
       </c>
       <c r="G138" s="1">
         <v>-7.1999999999999998E-3</v>
       </c>
       <c r="H138" s="2">
         <v>212.87</v>
       </c>
       <c r="I138" s="1">
@@ -9535,51 +9537,51 @@
       <c r="M138" s="1">
         <v>-4.1999999999999997E-3</v>
       </c>
       <c r="N138" s="2">
         <v>204.52</v>
       </c>
       <c r="O138" s="1">
         <v>1E-3</v>
       </c>
       <c r="P138" s="2">
         <v>142.49</v>
       </c>
       <c r="Q138" s="1">
         <v>2.0999999999999999E-3</v>
       </c>
       <c r="R138" s="2">
         <v>166.35</v>
       </c>
       <c r="S138" s="1">
         <v>1.2999999999999999E-3</v>
       </c>
       <c r="T138" s="2">
         <v>188.04</v>
       </c>
     </row>
-    <row r="139" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="139" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A139" s="5" t="s">
         <v>147</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="1">
         <v>-7.6E-3</v>
       </c>
       <c r="D139" s="2">
         <v>153.97999999999999</v>
       </c>
       <c r="E139" s="1">
         <v>-1.4E-3</v>
       </c>
       <c r="F139" s="2">
         <v>183.98</v>
       </c>
       <c r="G139" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="H139" s="2">
         <v>213.51</v>
       </c>
       <c r="I139" s="1">
@@ -9597,51 +9599,51 @@
       <c r="M139" s="1">
         <v>1.5599999999999999E-2</v>
       </c>
       <c r="N139" s="2">
         <v>207.72</v>
       </c>
       <c r="O139" s="1">
         <v>2.9999999999999997E-4</v>
       </c>
       <c r="P139" s="2">
         <v>142.53</v>
       </c>
       <c r="Q139" s="1">
         <v>1.18E-2</v>
       </c>
       <c r="R139" s="2">
         <v>168.3</v>
       </c>
       <c r="S139" s="1">
         <v>1.67E-2</v>
       </c>
       <c r="T139" s="2">
         <v>191.18</v>
       </c>
     </row>
-    <row r="140" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="140" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A140" s="5" t="s">
         <v>148</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="1">
         <v>8.6999999999999994E-3</v>
       </c>
       <c r="D140" s="2">
         <v>155.31</v>
       </c>
       <c r="E140" s="1">
         <v>1.7000000000000001E-2</v>
       </c>
       <c r="F140" s="2">
         <v>187.11</v>
       </c>
       <c r="G140" s="1">
         <v>2.4E-2</v>
       </c>
       <c r="H140" s="2">
         <v>218.65</v>
       </c>
       <c r="I140" s="1">
@@ -9659,51 +9661,51 @@
       <c r="M140" s="1">
         <v>1.52E-2</v>
       </c>
       <c r="N140" s="2">
         <v>210.88</v>
       </c>
       <c r="O140" s="1">
         <v>1.34E-2</v>
       </c>
       <c r="P140" s="2">
         <v>144.43</v>
       </c>
       <c r="Q140" s="1">
         <v>2.4799999999999999E-2</v>
       </c>
       <c r="R140" s="2">
         <v>172.48</v>
       </c>
       <c r="S140" s="1">
         <v>3.6999999999999998E-2</v>
       </c>
       <c r="T140" s="2">
         <v>198.26</v>
       </c>
     </row>
-    <row r="141" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="141" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A141" s="5" t="s">
         <v>149</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="1">
         <v>1.72E-2</v>
       </c>
       <c r="D141" s="2">
         <v>157.97999999999999</v>
       </c>
       <c r="E141" s="1">
         <v>2.6800000000000001E-2</v>
       </c>
       <c r="F141" s="2">
         <v>192.12</v>
       </c>
       <c r="G141" s="1">
         <v>3.6999999999999998E-2</v>
       </c>
       <c r="H141" s="2">
         <v>226.74</v>
       </c>
       <c r="I141" s="1">
@@ -9721,51 +9723,51 @@
       <c r="M141" s="1">
         <v>3.6400000000000002E-2</v>
       </c>
       <c r="N141" s="2">
         <v>218.57</v>
       </c>
       <c r="O141" s="1">
         <v>8.5000000000000006E-3</v>
       </c>
       <c r="P141" s="2">
         <v>145.66</v>
       </c>
       <c r="Q141" s="1">
         <v>1.4800000000000001E-2</v>
       </c>
       <c r="R141" s="2">
         <v>175.03</v>
       </c>
       <c r="S141" s="1">
         <v>1.8499999999999999E-2</v>
       </c>
       <c r="T141" s="2">
         <v>201.93</v>
       </c>
     </row>
-    <row r="142" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="142" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A142" s="5" t="s">
         <v>150</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="1">
         <v>1.6999999999999999E-3</v>
       </c>
       <c r="D142" s="2">
         <v>158.25</v>
       </c>
       <c r="E142" s="1">
         <v>4.0000000000000002E-4</v>
       </c>
       <c r="F142" s="2">
         <v>192.19</v>
       </c>
       <c r="G142" s="1">
         <v>-3.3999999999999998E-3</v>
       </c>
       <c r="H142" s="2">
         <v>225.96</v>
       </c>
       <c r="I142" s="1">
@@ -9783,51 +9785,51 @@
       <c r="M142" s="1">
         <v>9.9000000000000008E-3</v>
       </c>
       <c r="N142" s="2">
         <v>220.73</v>
       </c>
       <c r="O142" s="1">
         <v>2.8E-3</v>
       </c>
       <c r="P142" s="2">
         <v>146.06</v>
       </c>
       <c r="Q142" s="1">
         <v>3.7000000000000002E-3</v>
       </c>
       <c r="R142" s="2">
         <v>175.68</v>
       </c>
       <c r="S142" s="1">
         <v>3.5000000000000001E-3</v>
       </c>
       <c r="T142" s="2">
         <v>202.64</v>
       </c>
     </row>
-    <row r="143" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="143" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A143" s="5" t="s">
         <v>151</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="1">
         <v>1.0699999999999999E-2</v>
       </c>
       <c r="D143" s="2">
         <v>159.94</v>
       </c>
       <c r="E143" s="1">
         <v>1.5599999999999999E-2</v>
       </c>
       <c r="F143" s="2">
         <v>195.19</v>
       </c>
       <c r="G143" s="1">
         <v>2.35E-2</v>
       </c>
       <c r="H143" s="2">
         <v>231.27</v>
       </c>
       <c r="I143" s="1">
@@ -9845,51 +9847,51 @@
       <c r="M143" s="1">
         <v>1.2699999999999999E-2</v>
       </c>
       <c r="N143" s="2">
         <v>223.52</v>
       </c>
       <c r="O143" s="1">
         <v>1.38E-2</v>
       </c>
       <c r="P143" s="2">
         <v>148.07</v>
       </c>
       <c r="Q143" s="1">
         <v>1.9E-2</v>
       </c>
       <c r="R143" s="2">
         <v>179.01</v>
       </c>
       <c r="S143" s="1">
         <v>2.8400000000000002E-2</v>
       </c>
       <c r="T143" s="2">
         <v>208.39</v>
       </c>
     </row>
-    <row r="144" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="144" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A144" s="5" t="s">
         <v>152</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="1">
         <v>6.3E-3</v>
       </c>
       <c r="D144" s="2">
         <v>160.94999999999999</v>
       </c>
       <c r="E144" s="1">
         <v>5.4999999999999997E-3</v>
       </c>
       <c r="F144" s="2">
         <v>196.26</v>
       </c>
       <c r="G144" s="1">
         <v>5.4000000000000003E-3</v>
       </c>
       <c r="H144" s="2">
         <v>232.52</v>
       </c>
       <c r="I144" s="1">
@@ -9907,51 +9909,51 @@
       <c r="M144" s="1">
         <v>1.06E-2</v>
       </c>
       <c r="N144" s="2">
         <v>225.9</v>
       </c>
       <c r="O144" s="1">
         <v>8.2000000000000007E-3</v>
       </c>
       <c r="P144" s="2">
         <v>149.29</v>
       </c>
       <c r="Q144" s="1">
         <v>8.3999999999999995E-3</v>
       </c>
       <c r="R144" s="2">
         <v>180.52</v>
       </c>
       <c r="S144" s="1">
         <v>1.21E-2</v>
       </c>
       <c r="T144" s="2">
         <v>210.92</v>
       </c>
     </row>
-    <row r="145" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="145" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A145" s="5" t="s">
         <v>153</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="1">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="D145" s="2">
         <v>162.72</v>
       </c>
       <c r="E145" s="1">
         <v>1.9099999999999999E-2</v>
       </c>
       <c r="F145" s="2">
         <v>200.02</v>
       </c>
       <c r="G145" s="1">
         <v>2.63E-2</v>
       </c>
       <c r="H145" s="2">
         <v>238.63</v>
       </c>
       <c r="I145" s="1">
@@ -9969,51 +9971,51 @@
       <c r="M145" s="1">
         <v>1.6899999999999998E-2</v>
       </c>
       <c r="N145" s="2">
         <v>229.72</v>
       </c>
       <c r="O145" s="1">
         <v>9.1999999999999998E-3</v>
       </c>
       <c r="P145" s="2">
         <v>150.66999999999999</v>
       </c>
       <c r="Q145" s="1">
         <v>1.61E-2</v>
       </c>
       <c r="R145" s="2">
         <v>183.43</v>
       </c>
       <c r="S145" s="1">
         <v>2.1600000000000001E-2</v>
       </c>
       <c r="T145" s="2">
         <v>215.47</v>
       </c>
     </row>
-    <row r="146" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="146" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A146" s="5" t="s">
         <v>154</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="1">
         <v>-1.2800000000000001E-2</v>
       </c>
       <c r="D146" s="2">
         <v>160.63999999999999</v>
       </c>
       <c r="E146" s="1">
         <v>-1.5900000000000001E-2</v>
       </c>
       <c r="F146" s="2">
         <v>196.83</v>
       </c>
       <c r="G146" s="1">
         <v>-1.8700000000000001E-2</v>
       </c>
       <c r="H146" s="2">
         <v>234.16</v>
       </c>
       <c r="I146" s="1">
@@ -10031,51 +10033,51 @@
       <c r="M146" s="1">
         <v>-3.6600000000000001E-2</v>
       </c>
       <c r="N146" s="2">
         <v>221.31</v>
       </c>
       <c r="O146" s="1">
         <v>-1.3299999999999999E-2</v>
       </c>
       <c r="P146" s="2">
         <v>148.66999999999999</v>
       </c>
       <c r="Q146" s="1">
         <v>-1.7100000000000001E-2</v>
       </c>
       <c r="R146" s="2">
         <v>180.29</v>
       </c>
       <c r="S146" s="1">
         <v>-2.3599999999999999E-2</v>
       </c>
       <c r="T146" s="2">
         <v>210.38</v>
       </c>
     </row>
-    <row r="147" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="147" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A147" s="5" t="s">
         <v>155</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="1">
         <v>4.5999999999999999E-3</v>
       </c>
       <c r="D147" s="2">
         <v>161.38</v>
       </c>
       <c r="E147" s="1">
         <v>1.1599999999999999E-2</v>
       </c>
       <c r="F147" s="2">
         <v>199.12</v>
       </c>
       <c r="G147" s="1">
         <v>1.4800000000000001E-2</v>
       </c>
       <c r="H147" s="2">
         <v>237.62</v>
       </c>
       <c r="I147" s="1">
@@ -10093,51 +10095,51 @@
       <c r="M147" s="1">
         <v>3.5400000000000001E-2</v>
       </c>
       <c r="N147" s="2">
         <v>229.14</v>
       </c>
       <c r="O147" s="1">
         <v>8.0999999999999996E-3</v>
       </c>
       <c r="P147" s="2">
         <v>149.87</v>
       </c>
       <c r="Q147" s="1">
         <v>2.3300000000000001E-2</v>
       </c>
       <c r="R147" s="2">
         <v>184.49</v>
       </c>
       <c r="S147" s="1">
         <v>3.5000000000000003E-2</v>
       </c>
       <c r="T147" s="2">
         <v>217.74</v>
       </c>
     </row>
-    <row r="148" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="148" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A148" s="5" t="s">
         <v>156</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="1">
         <v>1.9E-3</v>
       </c>
       <c r="D148" s="2">
         <v>161.68</v>
       </c>
       <c r="E148" s="1">
         <v>-1E-3</v>
       </c>
       <c r="F148" s="2">
         <v>198.91</v>
       </c>
       <c r="G148" s="1">
         <v>-4.0000000000000002E-4</v>
       </c>
       <c r="H148" s="2">
         <v>237.53</v>
       </c>
       <c r="I148" s="1">
@@ -10155,51 +10157,51 @@
       <c r="M148" s="1">
         <v>-2.0799999999999999E-2</v>
       </c>
       <c r="N148" s="2">
         <v>224.38</v>
       </c>
       <c r="O148" s="1">
         <v>-2.5999999999999999E-3</v>
       </c>
       <c r="P148" s="2">
         <v>149.47999999999999</v>
       </c>
       <c r="Q148" s="1">
         <v>-4.8999999999999998E-3</v>
       </c>
       <c r="R148" s="2">
         <v>183.59</v>
       </c>
       <c r="S148" s="1">
         <v>-4.0000000000000001E-3</v>
       </c>
       <c r="T148" s="2">
         <v>216.86</v>
       </c>
     </row>
-    <row r="149" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="149" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A149" s="5" t="s">
         <v>157</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="1">
         <v>8.0000000000000002E-3</v>
       </c>
       <c r="D149" s="2">
         <v>162.97</v>
       </c>
       <c r="E149" s="1">
         <v>1.52E-2</v>
       </c>
       <c r="F149" s="2">
         <v>201.93</v>
       </c>
       <c r="G149" s="1">
         <v>1.95E-2</v>
       </c>
       <c r="H149" s="2">
         <v>242.16</v>
       </c>
       <c r="I149" s="1">
@@ -10217,51 +10219,51 @@
       <c r="M149" s="1">
         <v>0.03</v>
       </c>
       <c r="N149" s="2">
         <v>231.12</v>
       </c>
       <c r="O149" s="1">
         <v>9.5999999999999992E-3</v>
       </c>
       <c r="P149" s="2">
         <v>150.91</v>
       </c>
       <c r="Q149" s="1">
         <v>1.9900000000000001E-2</v>
       </c>
       <c r="R149" s="2">
         <v>187.24</v>
       </c>
       <c r="S149" s="1">
         <v>2.7300000000000001E-2</v>
       </c>
       <c r="T149" s="2">
         <v>222.77</v>
       </c>
     </row>
-    <row r="150" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="150" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A150" s="5" t="s">
         <v>158</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="1">
         <v>-2.8000000000000001E-2</v>
       </c>
       <c r="D150" s="2">
         <v>158.41</v>
       </c>
       <c r="E150" s="1">
         <v>-3.9300000000000002E-2</v>
       </c>
       <c r="F150" s="2">
         <v>194</v>
       </c>
       <c r="G150" s="1">
         <v>-5.5E-2</v>
       </c>
       <c r="H150" s="2">
         <v>228.83</v>
       </c>
       <c r="I150" s="1">
@@ -10279,51 +10281,51 @@
       <c r="M150" s="1">
         <v>-5.5399999999999998E-2</v>
       </c>
       <c r="N150" s="2">
         <v>218.33</v>
       </c>
       <c r="O150" s="1">
         <v>-2.5399999999999999E-2</v>
       </c>
       <c r="P150" s="2">
         <v>147.07</v>
       </c>
       <c r="Q150" s="1">
         <v>-3.9E-2</v>
       </c>
       <c r="R150" s="2">
         <v>179.94</v>
       </c>
       <c r="S150" s="1">
         <v>-5.1499999999999997E-2</v>
       </c>
       <c r="T150" s="2">
         <v>211.29</v>
       </c>
     </row>
-    <row r="151" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="151" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A151" s="5" t="s">
         <v>159</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="1">
         <v>-1.3599999999999999E-2</v>
       </c>
       <c r="D151" s="2">
         <v>156.25</v>
       </c>
       <c r="E151" s="1">
         <v>-1.5100000000000001E-2</v>
       </c>
       <c r="F151" s="2">
         <v>191.08</v>
       </c>
       <c r="G151" s="1">
         <v>-2.01E-2</v>
       </c>
       <c r="H151" s="2">
         <v>224.22</v>
       </c>
       <c r="I151" s="1">
@@ -10341,51 +10343,51 @@
       <c r="M151" s="1">
         <v>-2.0299999999999999E-2</v>
       </c>
       <c r="N151" s="2">
         <v>213.88</v>
       </c>
       <c r="O151" s="1">
         <v>-1.4800000000000001E-2</v>
       </c>
       <c r="P151" s="2">
         <v>144.88999999999999</v>
       </c>
       <c r="Q151" s="1">
         <v>-2.1100000000000001E-2</v>
       </c>
       <c r="R151" s="2">
         <v>176.14</v>
       </c>
       <c r="S151" s="1">
         <v>-2.3099999999999999E-2</v>
       </c>
       <c r="T151" s="2">
         <v>206.42</v>
       </c>
     </row>
-    <row r="152" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="152" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A152" s="5" t="s">
         <v>160</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="1">
         <v>7.0000000000000001E-3</v>
       </c>
       <c r="D152" s="2">
         <v>157.34</v>
       </c>
       <c r="E152" s="1">
         <v>1.8100000000000002E-2</v>
       </c>
       <c r="F152" s="2">
         <v>194.54</v>
       </c>
       <c r="G152" s="1">
         <v>2.4199999999999999E-2</v>
       </c>
       <c r="H152" s="2">
         <v>229.64</v>
       </c>
       <c r="I152" s="1">
@@ -10403,51 +10405,51 @@
       <c r="M152" s="1">
         <v>9.4000000000000004E-3</v>
       </c>
       <c r="N152" s="2">
         <v>215.9</v>
       </c>
       <c r="O152" s="1">
         <v>2.5000000000000001E-3</v>
       </c>
       <c r="P152" s="2">
         <v>145.25</v>
       </c>
       <c r="Q152" s="1">
         <v>1.0500000000000001E-2</v>
       </c>
       <c r="R152" s="2">
         <v>177.99</v>
       </c>
       <c r="S152" s="1">
         <v>1.7299999999999999E-2</v>
       </c>
       <c r="T152" s="2">
         <v>210</v>
       </c>
     </row>
-    <row r="153" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="153" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A153" s="5" t="s">
         <v>161</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="1">
         <v>-1.6799999999999999E-2</v>
       </c>
       <c r="D153" s="2">
         <v>154.69999999999999</v>
       </c>
       <c r="E153" s="1">
         <v>-0.02</v>
       </c>
       <c r="F153" s="2">
         <v>190.65</v>
       </c>
       <c r="G153" s="1">
         <v>-2.5600000000000001E-2</v>
       </c>
       <c r="H153" s="2">
         <v>223.75</v>
       </c>
       <c r="I153" s="1">
@@ -10465,51 +10467,51 @@
       <c r="M153" s="1">
         <v>-6.4799999999999996E-2</v>
       </c>
       <c r="N153" s="2">
         <v>201.9</v>
       </c>
       <c r="O153" s="1">
         <v>-2.1399999999999999E-2</v>
       </c>
       <c r="P153" s="2">
         <v>142.13999999999999</v>
       </c>
       <c r="Q153" s="1">
         <v>-2.1499999999999998E-2</v>
       </c>
       <c r="R153" s="2">
         <v>174.17</v>
       </c>
       <c r="S153" s="1">
         <v>-2.2599999999999999E-2</v>
       </c>
       <c r="T153" s="2">
         <v>205.25</v>
       </c>
     </row>
-    <row r="154" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="154" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A154" s="5" t="s">
         <v>162</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="1">
         <v>-7.1000000000000004E-3</v>
       </c>
       <c r="D154" s="2">
         <v>153.6</v>
       </c>
       <c r="E154" s="1">
         <v>-8.3000000000000001E-3</v>
       </c>
       <c r="F154" s="2">
         <v>189.07</v>
       </c>
       <c r="G154" s="1">
         <v>-1.0800000000000001E-2</v>
       </c>
       <c r="H154" s="2">
         <v>221.34</v>
       </c>
       <c r="I154" s="1">
@@ -10527,51 +10529,51 @@
       <c r="M154" s="1">
         <v>-5.4999999999999997E-3</v>
       </c>
       <c r="N154" s="2">
         <v>200.79</v>
       </c>
       <c r="O154" s="1">
         <v>-1.24E-2</v>
       </c>
       <c r="P154" s="2">
         <v>140.37</v>
       </c>
       <c r="Q154" s="1">
         <v>-1.55E-2</v>
       </c>
       <c r="R154" s="2">
         <v>171.48</v>
       </c>
       <c r="S154" s="1">
         <v>-1.9199999999999998E-2</v>
       </c>
       <c r="T154" s="2">
         <v>201.32</v>
       </c>
     </row>
-    <row r="155" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="155" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A155" s="5" t="s">
         <v>163</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="1">
         <v>-3.2300000000000002E-2</v>
       </c>
       <c r="D155" s="2">
         <v>148.63999999999999</v>
       </c>
       <c r="E155" s="1">
         <v>-3.8899999999999997E-2</v>
       </c>
       <c r="F155" s="2">
         <v>181.72</v>
       </c>
       <c r="G155" s="1">
         <v>-4.6399999999999997E-2</v>
       </c>
       <c r="H155" s="2">
         <v>211.07</v>
       </c>
       <c r="I155" s="1">
@@ -10589,51 +10591,51 @@
       <c r="M155" s="1">
         <v>-7.0300000000000001E-2</v>
       </c>
       <c r="N155" s="2">
         <v>186.67</v>
       </c>
       <c r="O155" s="1">
         <v>-3.6900000000000002E-2</v>
       </c>
       <c r="P155" s="2">
         <v>135.19</v>
       </c>
       <c r="Q155" s="1">
         <v>-4.5600000000000002E-2</v>
       </c>
       <c r="R155" s="2">
         <v>163.66</v>
       </c>
       <c r="S155" s="1">
         <v>-5.33E-2</v>
       </c>
       <c r="T155" s="2">
         <v>190.58</v>
       </c>
     </row>
-    <row r="156" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="156" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A156" s="5" t="s">
         <v>164</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="1">
         <v>2.7E-2</v>
       </c>
       <c r="D156" s="2">
         <v>152.66</v>
       </c>
       <c r="E156" s="1">
         <v>3.7600000000000001E-2</v>
       </c>
       <c r="F156" s="2">
         <v>188.56</v>
       </c>
       <c r="G156" s="1">
         <v>5.04E-2</v>
       </c>
       <c r="H156" s="2">
         <v>221.7</v>
       </c>
       <c r="I156" s="1">
@@ -10651,51 +10653,51 @@
       <c r="M156" s="1">
         <v>4.9000000000000002E-2</v>
       </c>
       <c r="N156" s="2">
         <v>195.82</v>
       </c>
       <c r="O156" s="1">
         <v>3.8199999999999998E-2</v>
       </c>
       <c r="P156" s="2">
         <v>140.36000000000001</v>
       </c>
       <c r="Q156" s="1">
         <v>5.3900000000000003E-2</v>
       </c>
       <c r="R156" s="2">
         <v>172.49</v>
       </c>
       <c r="S156" s="1">
         <v>6.7400000000000002E-2</v>
       </c>
       <c r="T156" s="2">
         <v>203.43</v>
       </c>
     </row>
-    <row r="157" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="157" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A157" s="5" t="s">
         <v>165</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="1">
         <v>-1.0800000000000001E-2</v>
       </c>
       <c r="D157" s="2">
         <v>151.01</v>
       </c>
       <c r="E157" s="1">
         <v>-5.7999999999999996E-3</v>
       </c>
       <c r="F157" s="2">
         <v>187.46</v>
       </c>
       <c r="G157" s="1">
         <v>-4.5999999999999999E-3</v>
       </c>
       <c r="H157" s="2">
         <v>220.69</v>
       </c>
       <c r="I157" s="1">
@@ -10713,51 +10715,51 @@
       <c r="M157" s="1">
         <v>-3.1800000000000002E-2</v>
       </c>
       <c r="N157" s="2">
         <v>189.59</v>
       </c>
       <c r="O157" s="1">
         <v>-1.83E-2</v>
       </c>
       <c r="P157" s="2">
         <v>137.79</v>
       </c>
       <c r="Q157" s="1">
         <v>-2.23E-2</v>
       </c>
       <c r="R157" s="2">
         <v>168.64</v>
       </c>
       <c r="S157" s="1">
         <v>-2.64E-2</v>
       </c>
       <c r="T157" s="2">
         <v>198.06</v>
       </c>
     </row>
-    <row r="158" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="158" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A158" s="5" t="s">
         <v>166</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="1">
         <v>-4.4600000000000001E-2</v>
       </c>
       <c r="D158" s="2">
         <v>144.27000000000001</v>
       </c>
       <c r="E158" s="1">
         <v>-4.6800000000000001E-2</v>
       </c>
       <c r="F158" s="2">
         <v>178.68</v>
       </c>
       <c r="G158" s="1">
         <v>-5.0799999999999998E-2</v>
       </c>
       <c r="H158" s="2">
         <v>209.48</v>
       </c>
       <c r="I158" s="1">
@@ -10775,51 +10777,51 @@
       <c r="M158" s="1">
         <v>-7.6899999999999996E-2</v>
       </c>
       <c r="N158" s="2">
         <v>175.02</v>
       </c>
       <c r="O158" s="1">
         <v>-3.9699999999999999E-2</v>
       </c>
       <c r="P158" s="2">
         <v>132.32</v>
       </c>
       <c r="Q158" s="1">
         <v>-5.2499999999999998E-2</v>
       </c>
       <c r="R158" s="2">
         <v>159.79</v>
       </c>
       <c r="S158" s="1">
         <v>-5.9299999999999999E-2</v>
       </c>
       <c r="T158" s="2">
         <v>186.32</v>
       </c>
     </row>
-    <row r="159" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="159" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A159" s="5" t="s">
         <v>167</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="1">
         <v>9.7000000000000003E-3</v>
       </c>
       <c r="D159" s="2">
         <v>145.66</v>
       </c>
       <c r="E159" s="1">
         <v>1.11E-2</v>
       </c>
       <c r="F159" s="2">
         <v>180.66</v>
       </c>
       <c r="G159" s="1">
         <v>1.2500000000000001E-2</v>
       </c>
       <c r="H159" s="2">
         <v>212.1</v>
       </c>
       <c r="I159" s="1">
@@ -10837,51 +10839,51 @@
       <c r="M159" s="1">
         <v>0.04</v>
       </c>
       <c r="N159" s="2">
         <v>182.02</v>
       </c>
       <c r="O159" s="1">
         <v>8.0999999999999996E-3</v>
       </c>
       <c r="P159" s="2">
         <v>133.38999999999999</v>
       </c>
       <c r="Q159" s="1">
         <v>2.0799999999999999E-2</v>
       </c>
       <c r="R159" s="2">
         <v>163.11000000000001</v>
       </c>
       <c r="S159" s="1">
         <v>3.1399999999999997E-2</v>
       </c>
       <c r="T159" s="2">
         <v>192.16</v>
       </c>
     </row>
-    <row r="160" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="160" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A160" s="5" t="s">
         <v>168</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="1">
         <v>2.4899999999999999E-2</v>
       </c>
       <c r="D160" s="2">
         <v>149.28</v>
       </c>
       <c r="E160" s="1">
         <v>3.1099999999999999E-2</v>
       </c>
       <c r="F160" s="2">
         <v>186.28</v>
       </c>
       <c r="G160" s="1">
         <v>3.8899999999999997E-2</v>
       </c>
       <c r="H160" s="2">
         <v>220.36</v>
       </c>
       <c r="I160" s="1">
@@ -10899,51 +10901,51 @@
       <c r="M160" s="1">
         <v>6.0400000000000002E-2</v>
       </c>
       <c r="N160" s="2">
         <v>193</v>
       </c>
       <c r="O160" s="1">
         <v>1.9800000000000002E-2</v>
       </c>
       <c r="P160" s="2">
         <v>136.04</v>
       </c>
       <c r="Q160" s="1">
         <v>2.6700000000000002E-2</v>
       </c>
       <c r="R160" s="2">
         <v>167.47</v>
       </c>
       <c r="S160" s="1">
         <v>3.3300000000000003E-2</v>
       </c>
       <c r="T160" s="2">
         <v>198.57</v>
       </c>
     </row>
-    <row r="161" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="161" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A161" s="5" t="s">
         <v>169</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="1">
         <v>-9.4999999999999998E-3</v>
       </c>
       <c r="D161" s="2">
         <v>147.86000000000001</v>
       </c>
       <c r="E161" s="1">
         <v>-1.41E-2</v>
       </c>
       <c r="F161" s="2">
         <v>183.65</v>
       </c>
       <c r="G161" s="1">
         <v>-1.8599999999999998E-2</v>
       </c>
       <c r="H161" s="2">
         <v>216.26</v>
       </c>
       <c r="I161" s="1">
@@ -10961,51 +10963,51 @@
       <c r="M161" s="1">
         <v>-1.9599999999999999E-2</v>
       </c>
       <c r="N161" s="2">
         <v>189.23</v>
       </c>
       <c r="O161" s="1">
         <v>-0.02</v>
       </c>
       <c r="P161" s="2">
         <v>133.31</v>
       </c>
       <c r="Q161" s="1">
         <v>-2.4299999999999999E-2</v>
       </c>
       <c r="R161" s="2">
         <v>163.4</v>
       </c>
       <c r="S161" s="1">
         <v>-3.1800000000000002E-2</v>
       </c>
       <c r="T161" s="2">
         <v>192.25</v>
       </c>
     </row>
-    <row r="162" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="162" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A162" s="5" t="s">
         <v>170</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="1">
         <v>2.2499999999999999E-2</v>
       </c>
       <c r="D162" s="2">
         <v>151.18</v>
       </c>
       <c r="E162" s="1">
         <v>2.87E-2</v>
       </c>
       <c r="F162" s="2">
         <v>188.93</v>
       </c>
       <c r="G162" s="1">
         <v>3.4200000000000001E-2</v>
       </c>
       <c r="H162" s="2">
         <v>223.67</v>
       </c>
       <c r="I162" s="1">
@@ -11023,51 +11025,51 @@
       <c r="M162" s="1">
         <v>5.3199999999999997E-2</v>
       </c>
       <c r="N162" s="2">
         <v>199.29</v>
       </c>
       <c r="O162" s="1">
         <v>2.3900000000000001E-2</v>
       </c>
       <c r="P162" s="2">
         <v>136.5</v>
       </c>
       <c r="Q162" s="1">
         <v>3.4500000000000003E-2</v>
       </c>
       <c r="R162" s="2">
         <v>169.04</v>
       </c>
       <c r="S162" s="1">
         <v>4.4499999999999998E-2</v>
       </c>
       <c r="T162" s="2">
         <v>200.81</v>
       </c>
     </row>
-    <row r="163" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="163" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A163" s="5" t="s">
         <v>171</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="1">
         <v>-8.6999999999999994E-3</v>
       </c>
       <c r="D163" s="2">
         <v>149.87</v>
       </c>
       <c r="E163" s="1">
         <v>-7.3000000000000001E-3</v>
       </c>
       <c r="F163" s="2">
         <v>187.54</v>
       </c>
       <c r="G163" s="1">
         <v>-3.8E-3</v>
       </c>
       <c r="H163" s="2">
         <v>222.81</v>
       </c>
       <c r="I163" s="1">
@@ -11085,51 +11087,51 @@
       <c r="M163" s="1">
         <v>-2.24E-2</v>
       </c>
       <c r="N163" s="2">
         <v>194.83</v>
       </c>
       <c r="O163" s="1">
         <v>-1.0200000000000001E-2</v>
       </c>
       <c r="P163" s="2">
         <v>135.1</v>
       </c>
       <c r="Q163" s="1">
         <v>-4.4000000000000003E-3</v>
       </c>
       <c r="R163" s="2">
         <v>168.3</v>
       </c>
       <c r="S163" s="1">
         <v>-2.2000000000000001E-3</v>
       </c>
       <c r="T163" s="2">
         <v>200.37</v>
       </c>
     </row>
-    <row r="164" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="164" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A164" s="5" t="s">
         <v>172</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="1">
         <v>8.0000000000000004E-4</v>
       </c>
       <c r="D164" s="2">
         <v>149.99</v>
       </c>
       <c r="E164" s="1">
         <v>-2.8999999999999998E-3</v>
       </c>
       <c r="F164" s="2">
         <v>187</v>
       </c>
       <c r="G164" s="1">
         <v>-4.1999999999999997E-3</v>
       </c>
       <c r="H164" s="2">
         <v>221.87</v>
       </c>
       <c r="I164" s="1">
@@ -11147,51 +11149,51 @@
       <c r="M164" s="1">
         <v>2.0400000000000001E-2</v>
       </c>
       <c r="N164" s="2">
         <v>198.81</v>
       </c>
       <c r="O164" s="1">
         <v>3.7000000000000002E-3</v>
       </c>
       <c r="P164" s="2">
         <v>135.6</v>
       </c>
       <c r="Q164" s="1">
         <v>-1.6999999999999999E-3</v>
       </c>
       <c r="R164" s="2">
         <v>168.02</v>
       </c>
       <c r="S164" s="1">
         <v>2.5000000000000001E-3</v>
       </c>
       <c r="T164" s="2">
         <v>200.86</v>
       </c>
     </row>
-    <row r="165" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="165" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A165" s="5" t="s">
         <v>173</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="1">
         <v>3.3999999999999998E-3</v>
       </c>
       <c r="D165" s="2">
         <v>150.5</v>
       </c>
       <c r="E165" s="1">
         <v>3.3E-3</v>
       </c>
       <c r="F165" s="2">
         <v>187.62</v>
       </c>
       <c r="G165" s="1">
         <v>3.8E-3</v>
       </c>
       <c r="H165" s="2">
         <v>222.73</v>
       </c>
       <c r="I165" s="1">
@@ -11209,51 +11211,51 @@
       <c r="M165" s="1">
         <v>1.11E-2</v>
       </c>
       <c r="N165" s="2">
         <v>201.02</v>
       </c>
       <c r="O165" s="1">
         <v>-5.0000000000000001E-4</v>
       </c>
       <c r="P165" s="2">
         <v>135.54</v>
       </c>
       <c r="Q165" s="1">
         <v>8.9999999999999998E-4</v>
       </c>
       <c r="R165" s="2">
         <v>168.18</v>
       </c>
       <c r="S165" s="1">
         <v>2.0999999999999999E-3</v>
       </c>
       <c r="T165" s="2">
         <v>201.28</v>
       </c>
     </row>
-    <row r="166" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="166" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A166" s="5" t="s">
         <v>174</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="1">
         <v>-1.06E-2</v>
       </c>
       <c r="D166" s="2">
         <v>148.9</v>
       </c>
       <c r="E166" s="1">
         <v>-1.15E-2</v>
       </c>
       <c r="F166" s="2">
         <v>185.46</v>
       </c>
       <c r="G166" s="1">
         <v>-8.8999999999999999E-3</v>
       </c>
       <c r="H166" s="2">
         <v>220.75</v>
       </c>
       <c r="I166" s="1">
@@ -11271,51 +11273,51 @@
       <c r="M166" s="1">
         <v>-9.2999999999999992E-3</v>
       </c>
       <c r="N166" s="2">
         <v>199.16</v>
       </c>
       <c r="O166" s="1">
         <v>8.9999999999999998E-4</v>
       </c>
       <c r="P166" s="2">
         <v>135.66</v>
       </c>
       <c r="Q166" s="1">
         <v>3.8E-3</v>
       </c>
       <c r="R166" s="2">
         <v>168.81</v>
       </c>
       <c r="S166" s="1">
         <v>1.0200000000000001E-2</v>
       </c>
       <c r="T166" s="2">
         <v>203.32</v>
       </c>
     </row>
-    <row r="167" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="167" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A167" s="5" t="s">
         <v>175</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="1">
         <v>-1.1000000000000001E-3</v>
       </c>
       <c r="D167" s="2">
         <v>148.74</v>
       </c>
       <c r="E167" s="1">
         <v>4.4999999999999997E-3</v>
       </c>
       <c r="F167" s="2">
         <v>186.3</v>
       </c>
       <c r="G167" s="1">
         <v>1.26E-2</v>
       </c>
       <c r="H167" s="2">
         <v>223.53</v>
       </c>
       <c r="I167" s="1">
@@ -11333,51 +11335,51 @@
       <c r="M167" s="1">
         <v>3.73E-2</v>
       </c>
       <c r="N167" s="2">
         <v>206.6</v>
       </c>
       <c r="O167" s="1">
         <v>1.6000000000000001E-3</v>
       </c>
       <c r="P167" s="2">
         <v>135.87</v>
       </c>
       <c r="Q167" s="1">
         <v>7.6E-3</v>
       </c>
       <c r="R167" s="2">
         <v>170.09</v>
       </c>
       <c r="S167" s="1">
         <v>1.46E-2</v>
       </c>
       <c r="T167" s="2">
         <v>206.3</v>
       </c>
     </row>
-    <row r="168" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="168" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A168" s="5" t="s">
         <v>176</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="1">
         <v>9.5999999999999992E-3</v>
       </c>
       <c r="D168" s="2">
         <v>150.16999999999999</v>
       </c>
       <c r="E168" s="1">
         <v>1.41E-2</v>
       </c>
       <c r="F168" s="2">
         <v>188.93</v>
       </c>
       <c r="G168" s="1">
         <v>1.67E-2</v>
       </c>
       <c r="H168" s="2">
         <v>227.27</v>
       </c>
       <c r="I168" s="1">
@@ -11395,51 +11397,51 @@
       <c r="M168" s="1">
         <v>2.46E-2</v>
       </c>
       <c r="N168" s="2">
         <v>211.67</v>
       </c>
       <c r="O168" s="1">
         <v>7.1000000000000004E-3</v>
       </c>
       <c r="P168" s="2">
         <v>136.84</v>
       </c>
       <c r="Q168" s="1">
         <v>1.0699999999999999E-2</v>
       </c>
       <c r="R168" s="2">
         <v>171.92</v>
       </c>
       <c r="S168" s="1">
         <v>1.47E-2</v>
       </c>
       <c r="T168" s="2">
         <v>209.33</v>
       </c>
     </row>
-    <row r="169" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="169" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A169" s="5" t="s">
         <v>177</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="1">
         <v>-4.4000000000000003E-3</v>
       </c>
       <c r="D169" s="2">
         <v>149.51</v>
       </c>
       <c r="E169" s="1">
         <v>-0.01</v>
       </c>
       <c r="F169" s="2">
         <v>187.04</v>
       </c>
       <c r="G169" s="1">
         <v>-1.41E-2</v>
       </c>
       <c r="H169" s="2">
         <v>224.07</v>
       </c>
       <c r="I169" s="1">
@@ -11457,51 +11459,51 @@
       <c r="M169" s="1">
         <v>-2.07E-2</v>
       </c>
       <c r="N169" s="2">
         <v>207.3</v>
       </c>
       <c r="O169" s="1">
         <v>-5.4999999999999997E-3</v>
       </c>
       <c r="P169" s="2">
         <v>136.09</v>
       </c>
       <c r="Q169" s="1">
         <v>-7.9000000000000008E-3</v>
       </c>
       <c r="R169" s="2">
         <v>170.57</v>
       </c>
       <c r="S169" s="1">
         <v>-1.14E-2</v>
       </c>
       <c r="T169" s="2">
         <v>206.95</v>
       </c>
     </row>
-    <row r="170" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="170" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A170" s="5" t="s">
         <v>178</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="1">
         <v>-2.5000000000000001E-3</v>
       </c>
       <c r="D170" s="2">
         <v>149.13</v>
       </c>
       <c r="E170" s="1">
         <v>-4.7999999999999996E-3</v>
       </c>
       <c r="F170" s="2">
         <v>186.14</v>
       </c>
       <c r="G170" s="1">
         <v>-5.1999999999999998E-3</v>
       </c>
       <c r="H170" s="2">
         <v>222.9</v>
       </c>
       <c r="I170" s="1">
@@ -11519,51 +11521,51 @@
       <c r="M170" s="1">
         <v>-3.49E-2</v>
       </c>
       <c r="N170" s="2">
         <v>200.07</v>
       </c>
       <c r="O170" s="1">
         <v>-1.24E-2</v>
       </c>
       <c r="P170" s="2">
         <v>134.4</v>
       </c>
       <c r="Q170" s="1">
         <v>-1.4E-2</v>
       </c>
       <c r="R170" s="2">
         <v>168.17</v>
       </c>
       <c r="S170" s="1">
         <v>-1.6400000000000001E-2</v>
       </c>
       <c r="T170" s="2">
         <v>203.55</v>
       </c>
     </row>
-    <row r="171" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="171" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A171" s="5" t="s">
         <v>179</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="1">
         <v>-1.2200000000000001E-2</v>
       </c>
       <c r="D171" s="2">
         <v>147.30000000000001</v>
       </c>
       <c r="E171" s="1">
         <v>-2.1299999999999999E-2</v>
       </c>
       <c r="F171" s="2">
         <v>182.16</v>
       </c>
       <c r="G171" s="1">
         <v>-2.93E-2</v>
       </c>
       <c r="H171" s="2">
         <v>216.37</v>
       </c>
       <c r="I171" s="1">
@@ -11581,51 +11583,51 @@
       <c r="M171" s="1">
         <v>-2.6599999999999999E-2</v>
       </c>
       <c r="N171" s="2">
         <v>194.76</v>
       </c>
       <c r="O171" s="1">
         <v>-1.09E-2</v>
       </c>
       <c r="P171" s="2">
         <v>132.93</v>
       </c>
       <c r="Q171" s="1">
         <v>-2.01E-2</v>
       </c>
       <c r="R171" s="2">
         <v>164.8</v>
       </c>
       <c r="S171" s="1">
         <v>-2.52E-2</v>
       </c>
       <c r="T171" s="2">
         <v>198.42</v>
       </c>
     </row>
-    <row r="172" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="172" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A172" s="5" t="s">
         <v>180</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="1">
         <v>2.7E-2</v>
       </c>
       <c r="D172" s="2">
         <v>151.28</v>
       </c>
       <c r="E172" s="1">
         <v>3.39E-2</v>
       </c>
       <c r="F172" s="2">
         <v>188.33</v>
       </c>
       <c r="G172" s="1">
         <v>4.2000000000000003E-2</v>
       </c>
       <c r="H172" s="2">
         <v>225.47</v>
       </c>
       <c r="I172" s="1">
@@ -11643,51 +11645,51 @@
       <c r="M172" s="1">
         <v>7.0300000000000001E-2</v>
       </c>
       <c r="N172" s="2">
         <v>208.45</v>
       </c>
       <c r="O172" s="1">
         <v>3.0700000000000002E-2</v>
       </c>
       <c r="P172" s="2">
         <v>137.02000000000001</v>
       </c>
       <c r="Q172" s="1">
         <v>3.9800000000000002E-2</v>
       </c>
       <c r="R172" s="2">
         <v>171.37</v>
       </c>
       <c r="S172" s="1">
         <v>4.7899999999999998E-2</v>
       </c>
       <c r="T172" s="2">
         <v>207.92</v>
       </c>
     </row>
-    <row r="173" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="173" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A173" s="5" t="s">
         <v>181</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="1">
         <v>2.93E-2</v>
       </c>
       <c r="D173" s="2">
         <v>155.71</v>
       </c>
       <c r="E173" s="1">
         <v>3.5799999999999998E-2</v>
       </c>
       <c r="F173" s="2">
         <v>195.08</v>
       </c>
       <c r="G173" s="1">
         <v>4.2799999999999998E-2</v>
       </c>
       <c r="H173" s="2">
         <v>235.12</v>
       </c>
       <c r="I173" s="1">
@@ -11705,51 +11707,51 @@
       <c r="M173" s="1">
         <v>4.2999999999999997E-2</v>
       </c>
       <c r="N173" s="2">
         <v>217.41</v>
       </c>
       <c r="O173" s="1">
         <v>2.6100000000000002E-2</v>
       </c>
       <c r="P173" s="2">
         <v>140.6</v>
       </c>
       <c r="Q173" s="1">
         <v>2.86E-2</v>
       </c>
       <c r="R173" s="2">
         <v>176.27</v>
       </c>
       <c r="S173" s="1">
         <v>3.3599999999999998E-2</v>
       </c>
       <c r="T173" s="2">
         <v>214.89</v>
       </c>
     </row>
-    <row r="174" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="174" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A174" s="5" t="s">
         <v>182</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="1">
         <v>-2.8999999999999998E-3</v>
       </c>
       <c r="D174" s="2">
         <v>155.27000000000001</v>
       </c>
       <c r="E174" s="1">
         <v>-2E-3</v>
       </c>
       <c r="F174" s="2">
         <v>194.69</v>
       </c>
       <c r="G174" s="1">
         <v>1.1000000000000001E-3</v>
       </c>
       <c r="H174" s="2">
         <v>235.37</v>
       </c>
       <c r="I174" s="1">
@@ -11767,51 +11769,51 @@
       <c r="M174" s="1">
         <v>6.7000000000000002E-3</v>
       </c>
       <c r="N174" s="2">
         <v>218.88</v>
       </c>
       <c r="O174" s="1">
         <v>2.3E-3</v>
       </c>
       <c r="P174" s="2">
         <v>140.91999999999999</v>
       </c>
       <c r="Q174" s="1">
         <v>1.12E-2</v>
       </c>
       <c r="R174" s="2">
         <v>178.24</v>
       </c>
       <c r="S174" s="1">
         <v>1.7600000000000001E-2</v>
       </c>
       <c r="T174" s="2">
         <v>218.67</v>
       </c>
     </row>
-    <row r="175" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="175" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A175" s="5" t="s">
         <v>183</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="1">
         <v>4.8999999999999998E-3</v>
       </c>
       <c r="D175" s="2">
         <v>156.03</v>
       </c>
       <c r="E175" s="1">
         <v>1.46E-2</v>
       </c>
       <c r="F175" s="2">
         <v>197.54</v>
       </c>
       <c r="G175" s="1">
         <v>2.4199999999999999E-2</v>
       </c>
       <c r="H175" s="2">
         <v>241.07</v>
       </c>
       <c r="I175" s="1">
@@ -11829,51 +11831,51 @@
       <c r="M175" s="1">
         <v>2.93E-2</v>
       </c>
       <c r="N175" s="2">
         <v>225.31</v>
       </c>
       <c r="O175" s="1">
         <v>5.5999999999999999E-3</v>
       </c>
       <c r="P175" s="2">
         <v>141.71</v>
       </c>
       <c r="Q175" s="1">
         <v>1.67E-2</v>
       </c>
       <c r="R175" s="2">
         <v>181.23</v>
       </c>
       <c r="S175" s="1">
         <v>2.63E-2</v>
       </c>
       <c r="T175" s="2">
         <v>224.43</v>
       </c>
     </row>
-    <row r="176" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="176" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A176" s="5" t="s">
         <v>184</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="1">
         <v>1.7399999999999999E-2</v>
       </c>
       <c r="D176" s="2">
         <v>158.75</v>
       </c>
       <c r="E176" s="1">
         <v>2.3300000000000001E-2</v>
       </c>
       <c r="F176" s="2">
         <v>202.15</v>
       </c>
       <c r="G176" s="1">
         <v>2.8000000000000001E-2</v>
       </c>
       <c r="H176" s="2">
         <v>247.82</v>
       </c>
       <c r="I176" s="1">
@@ -11891,51 +11893,51 @@
       <c r="M176" s="1">
         <v>2.75E-2</v>
       </c>
       <c r="N176" s="2">
         <v>231.5</v>
       </c>
       <c r="O176" s="1">
         <v>1.5699999999999999E-2</v>
       </c>
       <c r="P176" s="2">
         <v>143.94</v>
       </c>
       <c r="Q176" s="1">
         <v>2.29E-2</v>
       </c>
       <c r="R176" s="2">
         <v>185.37</v>
       </c>
       <c r="S176" s="1">
         <v>2.7199999999999998E-2</v>
       </c>
       <c r="T176" s="2">
         <v>230.55</v>
       </c>
     </row>
-    <row r="177" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="177" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A177" s="5" t="s">
         <v>185</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="1">
         <v>-9.7999999999999997E-3</v>
       </c>
       <c r="D177" s="2">
         <v>157.19999999999999</v>
       </c>
       <c r="E177" s="1">
         <v>-1.06E-2</v>
       </c>
       <c r="F177" s="2">
         <v>200</v>
       </c>
       <c r="G177" s="1">
         <v>-1.26E-2</v>
       </c>
       <c r="H177" s="2">
         <v>244.69</v>
       </c>
       <c r="I177" s="1">
@@ -11953,51 +11955,51 @@
       <c r="M177" s="1">
         <v>-2.5700000000000001E-2</v>
       </c>
       <c r="N177" s="2">
         <v>225.55</v>
       </c>
       <c r="O177" s="1">
         <v>-1.2500000000000001E-2</v>
       </c>
       <c r="P177" s="2">
         <v>142.13</v>
       </c>
       <c r="Q177" s="1">
         <v>-1.2500000000000001E-2</v>
       </c>
       <c r="R177" s="2">
         <v>183.06</v>
       </c>
       <c r="S177" s="1">
         <v>-1.41E-2</v>
       </c>
       <c r="T177" s="2">
         <v>227.29</v>
       </c>
     </row>
-    <row r="178" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="178" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A178" s="5" t="s">
         <v>186</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="1">
         <v>8.6E-3</v>
       </c>
       <c r="D178" s="2">
         <v>158.55000000000001</v>
       </c>
       <c r="E178" s="1">
         <v>1.01E-2</v>
       </c>
       <c r="F178" s="2">
         <v>202.02</v>
       </c>
       <c r="G178" s="1">
         <v>1.2800000000000001E-2</v>
       </c>
       <c r="H178" s="2">
         <v>247.82</v>
       </c>
       <c r="I178" s="1">
@@ -12015,51 +12017,51 @@
       <c r="M178" s="1">
         <v>2.6599999999999999E-2</v>
       </c>
       <c r="N178" s="2">
         <v>231.54</v>
       </c>
       <c r="O178" s="1">
         <v>7.6E-3</v>
       </c>
       <c r="P178" s="2">
         <v>143.21</v>
       </c>
       <c r="Q178" s="1">
         <v>1.03E-2</v>
       </c>
       <c r="R178" s="2">
         <v>184.95</v>
       </c>
       <c r="S178" s="1">
         <v>1.4E-2</v>
       </c>
       <c r="T178" s="2">
         <v>230.46</v>
       </c>
     </row>
-    <row r="179" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="179" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A179" s="5" t="s">
         <v>187</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="1">
         <v>0.01</v>
       </c>
       <c r="D179" s="2">
         <v>160.13</v>
       </c>
       <c r="E179" s="1">
         <v>1.26E-2</v>
       </c>
       <c r="F179" s="2">
         <v>204.56</v>
       </c>
       <c r="G179" s="1">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="H179" s="2">
         <v>251.53</v>
       </c>
       <c r="I179" s="1">
@@ -12077,51 +12079,51 @@
       <c r="M179" s="1">
         <v>1.78E-2</v>
       </c>
       <c r="N179" s="2">
         <v>235.66</v>
       </c>
       <c r="O179" s="1">
         <v>1.2200000000000001E-2</v>
       </c>
       <c r="P179" s="2">
         <v>144.96</v>
       </c>
       <c r="Q179" s="1">
         <v>1.6400000000000001E-2</v>
       </c>
       <c r="R179" s="2">
         <v>187.99</v>
       </c>
       <c r="S179" s="1">
         <v>1.8100000000000002E-2</v>
       </c>
       <c r="T179" s="2">
         <v>234.64</v>
       </c>
     </row>
-    <row r="180" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="180" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A180" s="5" t="s">
         <v>188</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="1">
         <v>1.03E-2</v>
       </c>
       <c r="D180" s="2">
         <v>161.78</v>
       </c>
       <c r="E180" s="1">
         <v>9.5999999999999992E-3</v>
       </c>
       <c r="F180" s="2">
         <v>206.52</v>
       </c>
       <c r="G180" s="1">
         <v>6.4999999999999997E-3</v>
       </c>
       <c r="H180" s="2">
         <v>253.17</v>
       </c>
       <c r="I180" s="1">
@@ -12139,51 +12141,51 @@
       <c r="M180" s="1">
         <v>1.18E-2</v>
       </c>
       <c r="N180" s="2">
         <v>238.44</v>
       </c>
       <c r="O180" s="1">
         <v>1.04E-2</v>
       </c>
       <c r="P180" s="2">
         <v>146.47</v>
       </c>
       <c r="Q180" s="1">
         <v>8.3999999999999995E-3</v>
       </c>
       <c r="R180" s="2">
         <v>189.58</v>
       </c>
       <c r="S180" s="1">
         <v>4.4000000000000003E-3</v>
       </c>
       <c r="T180" s="2">
         <v>235.66</v>
       </c>
     </row>
-    <row r="181" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="181" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A181" s="5" t="s">
         <v>189</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="1">
         <v>5.1999999999999998E-3</v>
       </c>
       <c r="D181" s="2">
         <v>162.61000000000001</v>
       </c>
       <c r="E181" s="1">
         <v>2.8999999999999998E-3</v>
       </c>
       <c r="F181" s="2">
         <v>207.12</v>
       </c>
       <c r="G181" s="1">
         <v>1.5E-3</v>
       </c>
       <c r="H181" s="2">
         <v>253.55</v>
       </c>
       <c r="I181" s="1">
@@ -12201,51 +12203,51 @@
       <c r="M181" s="1">
         <v>2.0199999999999999E-2</v>
       </c>
       <c r="N181" s="2">
         <v>243.26</v>
       </c>
       <c r="O181" s="1">
         <v>5.4999999999999997E-3</v>
       </c>
       <c r="P181" s="2">
         <v>147.27000000000001</v>
       </c>
       <c r="Q181" s="1">
         <v>3.2000000000000002E-3</v>
       </c>
       <c r="R181" s="2">
         <v>190.18</v>
       </c>
       <c r="S181" s="1">
         <v>3.8999999999999998E-3</v>
       </c>
       <c r="T181" s="2">
         <v>236.57</v>
       </c>
     </row>
-    <row r="182" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="182" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A182" s="5" t="s">
         <v>190</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="1">
         <v>4.8999999999999998E-3</v>
       </c>
       <c r="D182" s="2">
         <v>163.4</v>
       </c>
       <c r="E182" s="1">
         <v>4.1999999999999997E-3</v>
       </c>
       <c r="F182" s="2">
         <v>208</v>
       </c>
       <c r="G182" s="1">
         <v>-2.0000000000000001E-4</v>
       </c>
       <c r="H182" s="2">
         <v>253.51</v>
       </c>
       <c r="I182" s="1">
@@ -12263,51 +12265,51 @@
       <c r="M182" s="1">
         <v>1.6400000000000001E-2</v>
       </c>
       <c r="N182" s="2">
         <v>247.26</v>
       </c>
       <c r="O182" s="1">
         <v>9.1999999999999998E-3</v>
       </c>
       <c r="P182" s="2">
         <v>148.63</v>
       </c>
       <c r="Q182" s="1">
         <v>9.7000000000000003E-3</v>
       </c>
       <c r="R182" s="2">
         <v>192.03</v>
       </c>
       <c r="S182" s="1">
         <v>1.03E-2</v>
       </c>
       <c r="T182" s="2">
         <v>239</v>
       </c>
     </row>
-    <row r="183" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="183" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A183" s="5" t="s">
         <v>191</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="1">
         <v>-5.1999999999999998E-3</v>
       </c>
       <c r="D183" s="2">
         <v>162.56</v>
       </c>
       <c r="E183" s="1">
         <v>-3.3E-3</v>
       </c>
       <c r="F183" s="2">
         <v>207.31</v>
       </c>
       <c r="G183" s="1">
         <v>1.1999999999999999E-3</v>
       </c>
       <c r="H183" s="2">
         <v>253.8</v>
       </c>
       <c r="I183" s="1">
@@ -12325,51 +12327,51 @@
       <c r="M183" s="1">
         <v>-2.3300000000000001E-2</v>
       </c>
       <c r="N183" s="2">
         <v>241.49</v>
       </c>
       <c r="O183" s="1">
         <v>-7.4999999999999997E-3</v>
       </c>
       <c r="P183" s="2">
         <v>147.52000000000001</v>
       </c>
       <c r="Q183" s="1">
         <v>-7.4999999999999997E-3</v>
       </c>
       <c r="R183" s="2">
         <v>190.59</v>
       </c>
       <c r="S183" s="1">
         <v>-8.3999999999999995E-3</v>
       </c>
       <c r="T183" s="2">
         <v>237</v>
       </c>
     </row>
-    <row r="184" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="184" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A184" s="5" t="s">
         <v>192</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="1">
         <v>1.6400000000000001E-2</v>
       </c>
       <c r="D184" s="2">
         <v>165.22</v>
       </c>
       <c r="E184" s="1">
         <v>2.3400000000000001E-2</v>
       </c>
       <c r="F184" s="2">
         <v>212.17</v>
       </c>
       <c r="G184" s="1">
         <v>3.1199999999999999E-2</v>
       </c>
       <c r="H184" s="2">
         <v>261.70999999999998</v>
       </c>
       <c r="I184" s="1">
@@ -12387,51 +12389,51 @@
       <c r="M184" s="1">
         <v>2.5999999999999999E-2</v>
       </c>
       <c r="N184" s="2">
         <v>247.76</v>
       </c>
       <c r="O184" s="1">
         <v>2.1899999999999999E-2</v>
       </c>
       <c r="P184" s="2">
         <v>150.75</v>
       </c>
       <c r="Q184" s="1">
         <v>3.2399999999999998E-2</v>
       </c>
       <c r="R184" s="2">
         <v>196.77</v>
       </c>
       <c r="S184" s="1">
         <v>0.04</v>
       </c>
       <c r="T184" s="2">
         <v>246.48</v>
       </c>
     </row>
-    <row r="185" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="185" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A185" s="5" t="s">
         <v>193</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="1">
         <v>-8.0000000000000002E-3</v>
       </c>
       <c r="D185" s="2">
         <v>163.9</v>
       </c>
       <c r="E185" s="1">
         <v>-1.09E-2</v>
       </c>
       <c r="F185" s="2">
         <v>209.86</v>
       </c>
       <c r="G185" s="1">
         <v>-1.2500000000000001E-2</v>
       </c>
       <c r="H185" s="2">
         <v>258.43</v>
       </c>
       <c r="I185" s="1">
@@ -12449,51 +12451,51 @@
       <c r="M185" s="1">
         <v>-2.35E-2</v>
       </c>
       <c r="N185" s="2">
         <v>241.94</v>
       </c>
       <c r="O185" s="1">
         <v>-6.6E-3</v>
       </c>
       <c r="P185" s="2">
         <v>149.75</v>
       </c>
       <c r="Q185" s="1">
         <v>-8.0000000000000002E-3</v>
       </c>
       <c r="R185" s="2">
         <v>195.2</v>
       </c>
       <c r="S185" s="1">
         <v>-7.9000000000000008E-3</v>
       </c>
       <c r="T185" s="2">
         <v>244.54</v>
       </c>
     </row>
-    <row r="186" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="186" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A186" s="5" t="s">
         <v>194</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="1">
         <v>2.07E-2</v>
       </c>
       <c r="D186" s="2">
         <v>167.28</v>
       </c>
       <c r="E186" s="1">
         <v>3.1E-2</v>
       </c>
       <c r="F186" s="2">
         <v>216.38</v>
       </c>
       <c r="G186" s="1">
         <v>3.9100000000000003E-2</v>
       </c>
       <c r="H186" s="2">
         <v>268.52999999999997</v>
       </c>
       <c r="I186" s="1">
@@ -12511,51 +12513,51 @@
       <c r="M186" s="1">
         <v>3.4299999999999997E-2</v>
       </c>
       <c r="N186" s="2">
         <v>250.25</v>
       </c>
       <c r="O186" s="1">
         <v>1.3299999999999999E-2</v>
       </c>
       <c r="P186" s="2">
         <v>151.75</v>
       </c>
       <c r="Q186" s="1">
         <v>2.52E-2</v>
       </c>
       <c r="R186" s="2">
         <v>200.12</v>
       </c>
       <c r="S186" s="1">
         <v>3.5700000000000003E-2</v>
       </c>
       <c r="T186" s="2">
         <v>253.26</v>
       </c>
     </row>
-    <row r="187" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="187" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A187" s="5" t="s">
         <v>195</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="1">
         <v>-2.3999999999999998E-3</v>
       </c>
       <c r="D187" s="2">
         <v>166.89</v>
       </c>
       <c r="E187" s="1">
         <v>-1.1900000000000001E-2</v>
       </c>
       <c r="F187" s="2">
         <v>213.8</v>
       </c>
       <c r="G187" s="1">
         <v>-2.1600000000000001E-2</v>
       </c>
       <c r="H187" s="2">
         <v>262.73</v>
       </c>
       <c r="I187" s="1">
@@ -12573,51 +12575,51 @@
       <c r="M187" s="1">
         <v>-1.34E-2</v>
       </c>
       <c r="N187" s="2">
         <v>246.89</v>
       </c>
       <c r="O187" s="1">
         <v>1.6000000000000001E-3</v>
       </c>
       <c r="P187" s="2">
         <v>151.97999999999999</v>
       </c>
       <c r="Q187" s="1">
         <v>-4.4999999999999997E-3</v>
       </c>
       <c r="R187" s="2">
         <v>199.22</v>
       </c>
       <c r="S187" s="1">
         <v>-7.7999999999999996E-3</v>
       </c>
       <c r="T187" s="2">
         <v>251.3</v>
       </c>
     </row>
-    <row r="188" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="188" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A188" s="5" t="s">
         <v>196</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="1">
         <v>-1.5599999999999999E-2</v>
       </c>
       <c r="D188" s="2">
         <v>164.28</v>
       </c>
       <c r="E188" s="1">
         <v>-2.9000000000000001E-2</v>
       </c>
       <c r="F188" s="2">
         <v>207.59</v>
       </c>
       <c r="G188" s="1">
         <v>-4.4200000000000003E-2</v>
       </c>
       <c r="H188" s="2">
         <v>251.13</v>
       </c>
       <c r="I188" s="1">
@@ -12635,51 +12637,51 @@
       <c r="M188" s="1">
         <v>-2.8000000000000001E-2</v>
       </c>
       <c r="N188" s="2">
         <v>239.97</v>
       </c>
       <c r="O188" s="1">
         <v>-2.2700000000000001E-2</v>
       </c>
       <c r="P188" s="2">
         <v>148.54</v>
       </c>
       <c r="Q188" s="1">
         <v>-4.02E-2</v>
       </c>
       <c r="R188" s="2">
         <v>191.22</v>
       </c>
       <c r="S188" s="1">
         <v>-5.4399999999999997E-2</v>
       </c>
       <c r="T188" s="2">
         <v>237.62</v>
       </c>
     </row>
-    <row r="189" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="189" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A189" s="5" t="s">
         <v>197</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="1">
         <v>-2.8999999999999998E-3</v>
       </c>
       <c r="D189" s="2">
         <v>163.80000000000001</v>
       </c>
       <c r="E189" s="1">
         <v>-9.7000000000000003E-3</v>
       </c>
       <c r="F189" s="2">
         <v>205.58</v>
       </c>
       <c r="G189" s="1">
         <v>-1.77E-2</v>
       </c>
       <c r="H189" s="2">
         <v>246.67</v>
       </c>
       <c r="I189" s="1">
@@ -12697,51 +12699,51 @@
       <c r="M189" s="1">
         <v>-4.0000000000000002E-4</v>
       </c>
       <c r="N189" s="2">
         <v>239.88</v>
       </c>
       <c r="O189" s="1">
         <v>-8.8000000000000005E-3</v>
       </c>
       <c r="P189" s="2">
         <v>147.22</v>
       </c>
       <c r="Q189" s="1">
         <v>-2.1299999999999999E-2</v>
       </c>
       <c r="R189" s="2">
         <v>187.16</v>
       </c>
       <c r="S189" s="1">
         <v>-3.15E-2</v>
       </c>
       <c r="T189" s="2">
         <v>230.14</v>
       </c>
     </row>
-    <row r="190" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="190" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A190" s="5" t="s">
         <v>198</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="1">
         <v>1.43E-2</v>
       </c>
       <c r="D190" s="2">
         <v>166.14</v>
       </c>
       <c r="E190" s="1">
         <v>2.64E-2</v>
       </c>
       <c r="F190" s="2">
         <v>211.01</v>
       </c>
       <c r="G190" s="1">
         <v>3.9100000000000003E-2</v>
       </c>
       <c r="H190" s="2">
         <v>256.31</v>
       </c>
       <c r="I190" s="1">
@@ -12759,51 +12761,51 @@
       <c r="M190" s="1">
         <v>4.3400000000000001E-2</v>
       </c>
       <c r="N190" s="2">
         <v>250.28</v>
       </c>
       <c r="O190" s="1">
         <v>1.61E-2</v>
       </c>
       <c r="P190" s="2">
         <v>149.6</v>
       </c>
       <c r="Q190" s="1">
         <v>3.1399999999999997E-2</v>
       </c>
       <c r="R190" s="2">
         <v>193.03</v>
       </c>
       <c r="S190" s="1">
         <v>4.3799999999999999E-2</v>
       </c>
       <c r="T190" s="2">
         <v>240.22</v>
       </c>
     </row>
-    <row r="191" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="191" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A191" s="5" t="s">
         <v>199</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="1">
         <v>1.21E-2</v>
       </c>
       <c r="D191" s="2">
         <v>168.15</v>
       </c>
       <c r="E191" s="1">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="F191" s="2">
         <v>214.17</v>
       </c>
       <c r="G191" s="1">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="H191" s="2">
         <v>260.93</v>
       </c>
       <c r="I191" s="1">
@@ -12821,51 +12823,51 @@
       <c r="M191" s="1">
         <v>3.2800000000000003E-2</v>
       </c>
       <c r="N191" s="2">
         <v>258.5</v>
       </c>
       <c r="O191" s="1">
         <v>2.2000000000000001E-3</v>
       </c>
       <c r="P191" s="2">
         <v>149.94</v>
       </c>
       <c r="Q191" s="1">
         <v>1.8E-3</v>
       </c>
       <c r="R191" s="2">
         <v>193.37</v>
       </c>
       <c r="S191" s="1">
         <v>2.5000000000000001E-3</v>
       </c>
       <c r="T191" s="2">
         <v>240.83</v>
       </c>
     </row>
-    <row r="192" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="192" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A192" s="5" t="s">
         <v>200</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="1">
         <v>1.52E-2</v>
       </c>
       <c r="D192" s="2">
         <v>170.71</v>
       </c>
       <c r="E192" s="1">
         <v>2.4899999999999999E-2</v>
       </c>
       <c r="F192" s="2">
         <v>219.49</v>
       </c>
       <c r="G192" s="1">
         <v>3.3700000000000001E-2</v>
       </c>
       <c r="H192" s="2">
         <v>269.70999999999998</v>
       </c>
       <c r="I192" s="1">
@@ -12883,51 +12885,51 @@
       <c r="M192" s="1">
         <v>8.8999999999999999E-3</v>
       </c>
       <c r="N192" s="2">
         <v>260.79000000000002</v>
       </c>
       <c r="O192" s="1">
         <v>8.6E-3</v>
       </c>
       <c r="P192" s="2">
         <v>151.22999999999999</v>
       </c>
       <c r="Q192" s="1">
         <v>1.78E-2</v>
       </c>
       <c r="R192" s="2">
         <v>196.82</v>
       </c>
       <c r="S192" s="1">
         <v>2.46E-2</v>
       </c>
       <c r="T192" s="2">
         <v>246.74</v>
       </c>
     </row>
-    <row r="193" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="193" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A193" s="5" t="s">
         <v>201</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="1">
         <v>2.5999999999999999E-3</v>
       </c>
       <c r="D193" s="2">
         <v>171.16</v>
       </c>
       <c r="E193" s="1">
         <v>2.8E-3</v>
       </c>
       <c r="F193" s="2">
         <v>220.12</v>
       </c>
       <c r="G193" s="1">
         <v>8.9999999999999998E-4</v>
       </c>
       <c r="H193" s="2">
         <v>269.95</v>
       </c>
       <c r="I193" s="1">
@@ -12945,51 +12947,51 @@
       <c r="M193" s="1">
         <v>1.84E-2</v>
       </c>
       <c r="N193" s="2">
         <v>265.60000000000002</v>
       </c>
       <c r="O193" s="1">
         <v>1E-4</v>
       </c>
       <c r="P193" s="2">
         <v>151.25</v>
       </c>
       <c r="Q193" s="1">
         <v>8.9999999999999998E-4</v>
       </c>
       <c r="R193" s="2">
         <v>197</v>
       </c>
       <c r="S193" s="1">
         <v>1E-4</v>
       </c>
       <c r="T193" s="2">
         <v>246.77</v>
       </c>
     </row>
-    <row r="194" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="194" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A194" s="5" t="s">
         <v>202</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="1">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="D194" s="2">
         <v>173.73</v>
       </c>
       <c r="E194" s="1">
         <v>2.01E-2</v>
       </c>
       <c r="F194" s="2">
         <v>224.55</v>
       </c>
       <c r="G194" s="1">
         <v>2.24E-2</v>
       </c>
       <c r="H194" s="2">
         <v>276</v>
       </c>
       <c r="I194" s="1">
@@ -13007,51 +13009,51 @@
       <c r="M194" s="1">
         <v>2.3E-2</v>
       </c>
       <c r="N194" s="2">
         <v>271.72000000000003</v>
       </c>
       <c r="O194" s="1">
         <v>9.2999999999999992E-3</v>
       </c>
       <c r="P194" s="2">
         <v>152.66</v>
       </c>
       <c r="Q194" s="1">
         <v>1.6299999999999999E-2</v>
       </c>
       <c r="R194" s="2">
         <v>200.2</v>
       </c>
       <c r="S194" s="1">
         <v>1.89E-2</v>
       </c>
       <c r="T194" s="2">
         <v>251.45</v>
       </c>
     </row>
-    <row r="195" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="195" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A195" s="5" t="s">
         <v>203</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>204</v>
       </c>
       <c r="C195" s="1">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="D195" s="2">
         <v>176.85</v>
       </c>
       <c r="E195" s="1">
         <v>2.8000000000000001E-2</v>
       </c>
       <c r="F195" s="2">
         <v>230.84</v>
       </c>
       <c r="G195" s="1">
         <v>3.9800000000000002E-2</v>
       </c>
       <c r="H195" s="2">
         <v>286.99</v>
       </c>
       <c r="I195" s="1">
@@ -13069,51 +13071,51 @@
       <c r="M195" s="1">
         <v>2.29E-2</v>
       </c>
       <c r="N195" s="2">
         <v>277.95</v>
       </c>
       <c r="O195" s="1">
         <v>1.44E-2</v>
       </c>
       <c r="P195" s="2">
         <v>154.86000000000001</v>
       </c>
       <c r="Q195" s="1">
         <v>2.2700000000000001E-2</v>
       </c>
       <c r="R195" s="2">
         <v>204.75</v>
       </c>
       <c r="S195" s="1">
         <v>2.9499999999999998E-2</v>
       </c>
       <c r="T195" s="2">
         <v>258.86</v>
       </c>
     </row>
-    <row r="196" spans="1:20" x14ac:dyDescent="0.45">
+    <row r="196" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A196" s="5" t="s">
         <v>205</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>204</v>
       </c>
       <c r="C196" s="1">
         <v>-2.9999999999999997E-4</v>
       </c>
       <c r="D196" s="2">
         <v>176.8</v>
       </c>
       <c r="E196" s="1">
         <v>-1.9E-3</v>
       </c>
       <c r="F196" s="2">
         <v>230.39</v>
       </c>
       <c r="G196" s="1">
         <v>-6.3E-3</v>
       </c>
       <c r="H196" s="2">
         <v>285.2</v>
       </c>
       <c r="I196" s="1">
@@ -13129,50 +13131,112 @@
         <v>218.46</v>
       </c>
       <c r="M196" s="1">
         <v>-5.5999999999999999E-3</v>
       </c>
       <c r="N196" s="2">
         <v>276.39999999999998</v>
       </c>
       <c r="O196" s="1">
         <v>-2.2000000000000001E-3</v>
       </c>
       <c r="P196" s="2">
         <v>154.52000000000001</v>
       </c>
       <c r="Q196" s="1">
         <v>-4.0000000000000001E-3</v>
       </c>
       <c r="R196" s="2">
         <v>203.93</v>
       </c>
       <c r="S196" s="1">
         <v>-6.1000000000000004E-3</v>
       </c>
       <c r="T196" s="2">
         <v>257.27999999999997</v>
+      </c>
+    </row>
+    <row r="197" spans="1:20" x14ac:dyDescent="0.25">
+      <c r="A197" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="C197" s="1">
+        <v>2.5999999999999999E-3</v>
+      </c>
+      <c r="D197" s="2">
+        <v>177.26</v>
+      </c>
+      <c r="E197" s="1">
+        <v>4.8999999999999998E-3</v>
+      </c>
+      <c r="F197" s="2">
+        <v>231.52</v>
+      </c>
+      <c r="G197" s="1">
+        <v>5.5999999999999999E-3</v>
+      </c>
+      <c r="H197" s="2">
+        <v>286.77999999999997</v>
+      </c>
+      <c r="I197" s="1">
+        <v>5.1999999999999998E-3</v>
+      </c>
+      <c r="J197" s="2">
+        <v>156.62</v>
+      </c>
+      <c r="K197" s="1">
+        <v>7.1000000000000004E-3</v>
+      </c>
+      <c r="L197" s="2">
+        <v>220.02</v>
+      </c>
+      <c r="M197" s="1">
+        <v>1.0200000000000001E-2</v>
+      </c>
+      <c r="N197" s="2">
+        <v>279.20999999999998</v>
+      </c>
+      <c r="O197" s="1">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="P197" s="2">
+        <v>154.63</v>
+      </c>
+      <c r="Q197" s="1">
+        <v>3.8E-3</v>
+      </c>
+      <c r="R197" s="2">
+        <v>204.7</v>
+      </c>
+      <c r="S197" s="1">
+        <v>5.7999999999999996E-3</v>
+      </c>
+      <c r="T197" s="2">
+        <v>258.77</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="13">
     <mergeCell ref="C1:T1"/>
     <mergeCell ref="M3:N3"/>
     <mergeCell ref="I2:N2"/>
     <mergeCell ref="O3:P3"/>
     <mergeCell ref="Q3:R3"/>
     <mergeCell ref="S3:T3"/>
     <mergeCell ref="O2:T2"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="G3:H3"/>
     <mergeCell ref="C2:H2"/>
     <mergeCell ref="I3:J3"/>
     <mergeCell ref="K3:L3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
@@ -13445,59 +13509,59 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="8c4b4827-9107-4084-bc15-8c9c3e6f0d06" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a4d0a122-c7de-4099-b3f2-003604dcd326">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B0DF893-9A5E-49E7-ADF0-1061A63CC647}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{987F0C53-FB3A-437F-8154-20251B0872B1}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CAC4365E-9B84-4BF7-8578-4DFE941BE69F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2448572-B83F-45DE-B723-54D33A3AAAB9}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4314DDB3-5059-4285-8815-78499686353C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77559D43-52ED-4B8F-B2C8-FD76653DEBDB}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>